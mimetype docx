--- v0 (2026-01-03)
+++ v1 (2026-03-22)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/3march.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="1466850" cy="800100"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_8F368C" descr="https://www.arcat.com/clients/gfx/3march.png"/>
+              <wp:docPr id="1" name="Picture rId_D20BCA" descr="https://www.arcat.com/clients/gfx/3march.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_8F368C" descr="https://www.arcat.com/clients/gfx/3march.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_D20BCA" descr="https://www.arcat.com/clients/gfx/3march.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_8F368C"/>
+                      <a:blip r:link="rId_D20BCA"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1466850" cy="800100"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,106 +191,106 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>St. Paul, MN 55144-1000</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-650-3497</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 651-737-1081</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 651-737-8241</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_150961_1" w:history="1">
+      <w:hyperlink r:id="rId_08929B_1" w:history="1">
         <w:tooltip>request info (apeters2@mmm.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (apeters2@mmm.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_150961_2" w:history="1">
+      <w:hyperlink r:id="rId_08929B_2" w:history="1">
         <w:tooltip>http://www.3m.com/3M/en_US/architectural-design-us/?utm_medium=redirect&amp;amp;utm_source=vanity-url&amp;amp;utm_campaign=www.3M.com/AMD downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.3m.com/3M/en_US/architectural-design-us/?utm_medium=redirect&amp;amp;utm_source=vanity-url&amp;amp;utm_campaign=www.3M.com/AMD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_150961_3" w:history="1">
+      <w:hyperlink r:id="rId_08929B_3" w:history="1">
         <w:tooltip>http://www.3m.com/3M/en_US/building-window-solutions-us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.3m.com/3M/en_US/building-window-solutions-us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_150961_4" w:history="1">
+      <w:hyperlink r:id="rId_08929B_4" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>As an industry leader in both adhesive and film manufacturing, 3M combines these technologies to provide state of the art Safety and Security Window Films to residential, commercial, and government sectors. 3M Safety and Security Window films help provide an added measure of protection for a variety of purposes including safety glazing applications, blast mitigation, building envelope protection, to help deter forced entry, and fragment retention for spontaneous glass breakage and seismic events. 3M Safety and Security films provide up to 99% protection against the sun's destructive ultraviolet rays, helping to protect valuable furnishings from fading. 3M Safety and Security Films are also available with sun control properties to help reduce glare, improve comfort, add privacy, and save on energy costs. 3M Safety and Security Window Films provide a practical, cost effective solution to help protect people, property, and provide continuity of operations that would otherwise be at a higher risk with conventional glass.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>3M Impact Protection Systems enable a total systems solution with safety and security film. By anchoring the film to the frame, they help keep the broken glass secured in the window opening which helps provide and increased level of safety and security for helping to deter smash and grab, blast hazard mitigation, building envelope protection, seismic preparedness, and when film is applied to tempered glass.</w:t>
       </w:r>
       <w:r>
@@ -3219,81 +3219,81 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>St. Paul, MN 55144-1000</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-650-3497</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 651-737-1081</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 651-737-8241</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_10E551_1" w:history="1">
+      <w:hyperlink r:id="rId_E8E676_1" w:history="1">
         <w:tooltip>request info (apeters2@mmm.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (apeters2@mmm.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_10E551_2" w:history="1">
+      <w:hyperlink r:id="rId_E8E676_2" w:history="1">
         <w:tooltip>http://www.3m.com/3M/en_US/architectural-design-us/?utm_medium=redirect&amp;amp;utm_source=vanity-url&amp;amp;utm_campaign=www.3M.com/AMD downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.3m.com/3M/en_US/architectural-design-us/?utm_medium=redirect&amp;amp;utm_source=vanity-url&amp;amp;utm_campaign=www.3M.com/AMD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_10E551_3" w:history="1">
+      <w:hyperlink r:id="rId_E8E676_3" w:history="1">
         <w:tooltip>http://www.3m.com/3M/en_US/building-window-solutions-us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.3m.com/3M/en_US/building-window-solutions-us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -8751,93 +8751,93 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_8F368C"
+  Id="rId_D20BCA"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/3march.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_150961_1"
+  Id="rId_08929B_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=3M%252BCommercial%252BSolutions&amp;message=RE%253A%2520Spec%2520Question%2520(08873mmm)%253A%2520&amp;coid=47922&amp;spec=08873mmm&amp;rep=&amp;fax=651-737-8241"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_150961_2"
+  Id="rId_08929B_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.3m.com/3M/en_US/architectural-design-us/?utm_medium=redirect&amp;utm_source=vanity-url&amp;utm_campaign=www.3M.com/AMD"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_150961_3"
+  Id="rId_08929B_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.3m.com/3M/en_US/building-window-solutions-us"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_150961_4"
+  Id="rId_08929B_4"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/3m-commercial-solutions-47922"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_10E551_1"
+  Id="rId_E8E676_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=3M%252BCommercial%252BSolutions&amp;message=RE%253A%2520Spec%2520Question%2520(08873mmm)%253A%2520&amp;coid=47922&amp;spec=08873mmm&amp;rep=&amp;fax=651-737-8241"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_10E551_2"
+  Id="rId_E8E676_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.3m.com/3M/en_US/architectural-design-us/?utm_medium=redirect&amp;utm_source=vanity-url&amp;utm_campaign=www.3M.com/AMD"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_10E551_3"
+  Id="rId_E8E676_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.3m.com/3M/en_US/building-window-solutions-us"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>