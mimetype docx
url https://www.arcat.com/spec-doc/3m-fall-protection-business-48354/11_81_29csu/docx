--- v0 (2026-02-25)
+++ v1 (2026-03-25)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/capital.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2190750" cy="2571750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_EF6DD2" descr="https://www.arcat.com/clients/gfx/capital.png"/>
+              <wp:docPr id="1" name="Picture rId_FD63D2" descr="https://www.arcat.com/clients/gfx/capital.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_EF6DD2" descr="https://www.arcat.com/clients/gfx/capital.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_FD63D2" descr="https://www.arcat.com/clients/gfx/capital.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_EF6DD2"/>
+                      <a:blip r:link="rId_FD63D2"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2190750" cy="2571750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Red Wing, MN 55066-5005</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-328-6146</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 651-388-8282</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 651-732-9244</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_430D5C_1" w:history="1">
+      <w:hyperlink r:id="rId_B82833_1" w:history="1">
         <w:tooltip>request info (3Mfallprotectionbusiness@mmm.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (3Mfallprotectionbusiness@mmm.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_430D5C_2" w:history="1">
+      <w:hyperlink r:id="rId_B82833_2" w:history="1">
         <w:tooltip>https://www.3m.com/3M/en_US/p/c/ppe/fall-protection/i/safety/personal-safety/ downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.3m.com/3M/en_US/p/c/ppe/fall-protection/i/safety/personal-safety/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_430D5C_3" w:history="1">
+      <w:hyperlink r:id="rId_B82833_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>There are many things to consider when it comes to health and safety in construction. Construction sites constantly change as work progresses, so your fall protection solution must also be versatile. At the same time, contractors need to continually monitor productivity and costs, so construction safety products must also be comfortable, easy to use and economical.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Whether you work on residential roofs or skyscrapers, you'll find the versatile, economical easy-to-use construction safety equipment you need with DBI-SALA and Protecta.</w:t>
       </w:r>
       <w:r>
@@ -1339,66 +1339,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Red Wing, MN 55066-5005</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-328-6146</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 651-388-8282</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 651-732-9244</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_6F2ED5_1" w:history="1">
+      <w:hyperlink r:id="rId_A24AF7_1" w:history="1">
         <w:tooltip>request info (3Mfallprotectionbusiness@mmm.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (3Mfallprotectionbusiness@mmm.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_6F2ED5_2" w:history="1">
+      <w:hyperlink r:id="rId_A24AF7_2" w:history="1">
         <w:tooltip>https://www.3m.com/3M/en_US/p/c/ppe/fall-protection/i/safety/personal-safety/ downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.3m.com/3M/en_US/p/c/ppe/fall-protection/i/safety/personal-safety/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -7637,81 +7637,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_EF6DD2"
+  Id="rId_FD63D2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/capital.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_430D5C_1"
+  Id="rId_B82833_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=3M%252BFall%252BProtection%252BBusiness&amp;message=RE%253A%2520Spec%2520Question%2520(11016csu)%253A%2520&amp;coid=48354&amp;spec=11016csu&amp;rep=&amp;fax=651-732-9244"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_430D5C_2"
+  Id="rId_B82833_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.3m.com/3M/en_US/p/c/ppe/fall-protection/i/safety/personal-safety/"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_430D5C_3"
+  Id="rId_B82833_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/3m-fall-protection-business-48354"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_6F2ED5_1"
+  Id="rId_A24AF7_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=3M%252BFall%252BProtection%252BBusiness&amp;message=RE%253A%2520Spec%2520Question%2520(11016csu)%253A%2520&amp;coid=48354&amp;spec=11016csu&amp;rep=&amp;fax=651-732-9244"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_6F2ED5_2"
+  Id="rId_A24AF7_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.3m.com/3M/en_US/p/c/ppe/fall-protection/i/safety/personal-safety/"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>