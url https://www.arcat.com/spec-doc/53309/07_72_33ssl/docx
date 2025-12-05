--- v0 (2025-11-15)
+++ v1 (2025-12-05)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/surespan.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3295650" cy="1647825"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_CCF488" descr="https://www.arcat.com/clients/gfx/surespan.png"/>
+              <wp:docPr id="1" name="Picture rId_029BF9" descr="https://www.arcat.com/clients/gfx/surespan.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_CCF488" descr="https://www.arcat.com/clients/gfx/surespan.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_029BF9" descr="https://www.arcat.com/clients/gfx/surespan.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_CCF488"/>
+                      <a:blip r:link="rId_029BF9"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3295650" cy="1647825"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,91 +181,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of Surespan, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1 International Plaza, Suite 550</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Philadelphia, PA 19113</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 717-305-4694</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C1A6B9_1" w:history="1">
+      <w:hyperlink r:id="rId_A0BB38_1" w:history="1">
         <w:tooltip>request info (sales@surespancovers.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@surespancovers.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C1A6B9_2" w:history="1">
+      <w:hyperlink r:id="rId_A0BB38_2" w:history="1">
         <w:tooltip>https://surespancovers.us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://surespancovers.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C1A6B9_3" w:history="1">
+      <w:hyperlink r:id="rId_A0BB38_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>At Surespan we're unmatched in quality and design with a heavy focus on providing reliable, safe and convenient access to our customers.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>We pride ourselves on providing the ' complete access package' as we're able to offer roof access, glazed access, floor access, smoke ventilation and ladder products to our customers, all made to suit their project requirements.</w:t>
       </w:r>
       <w:r>
@@ -1031,66 +1031,66 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Surespan, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1 International Plaza, Suite 550</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Philadelphia, PA 19113</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 717-305-4694</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2C0850_1" w:history="1">
+      <w:hyperlink r:id="rId_84C6E8_1" w:history="1">
         <w:tooltip>request info (sales@surespancovers.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@surespancovers.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2C0850_2" w:history="1">
+      <w:hyperlink r:id="rId_84C6E8_2" w:history="1">
         <w:tooltip>https://surespancovers.us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://surespancovers.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -7065,81 +7065,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_CCF488"
+  Id="rId_029BF9"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/surespan.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C1A6B9_1"
+  Id="rId_A0BB38_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Surespan&amp;message=RE%253A%2520Spec%2520Question%2520(07724ssl)%253A%2520&amp;coid=53309&amp;spec=07724ssl&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C1A6B9_2"
+  Id="rId_A0BB38_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://surespancovers.us"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C1A6B9_3"
+  Id="rId_A0BB38_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/surespan-53309"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2C0850_1"
+  Id="rId_84C6E8_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Surespan&amp;message=RE%253A%2520Spec%2520Question%2520(07724ssl)%253A%2520&amp;coid=53309&amp;spec=07724ssl&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2C0850_2"
+  Id="rId_84C6E8_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://surespancovers.us"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>