--- v0 (2025-11-29)
+++ v1 (2026-01-24)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/accesspr.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2381250" cy="1190625"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_391304" descr="https://www.arcat.com/clients/gfx/accesspr.png"/>
+              <wp:docPr id="1" name="Picture rId_49764A" descr="https://www.arcat.com/clients/gfx/accesspr.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_391304" descr="https://www.arcat.com/clients/gfx/accesspr.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_49764A" descr="https://www.arcat.com/clients/gfx/accesspr.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_391304"/>
+                      <a:blip r:link="rId_49764A"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2381250" cy="1190625"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Buffalo, NY 14203</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-682-2525</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 916-919-0568</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 877-679-4022</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F240E7_1" w:history="1">
+      <w:hyperlink r:id="rId_C40EAE_1" w:history="1">
         <w:tooltip>request info (johnh@accessproducts.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (johnh@accessproducts.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F240E7_2" w:history="1">
+      <w:hyperlink r:id="rId_C40EAE_2" w:history="1">
         <w:tooltip>https://www.Ecoglo.us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.Ecoglo.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F240E7_3" w:history="1">
+      <w:hyperlink r:id="rId_C40EAE_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Access Products serves the needs of municipalities and building and facility owners. We manufacture, distribute, and install durable building products that provide for the safe and efficient movement of people on sidewalks, stairways, and bridges. Our products improve the quality of transportation infrastructure for pedestrians and the disabled, and ensure the safe egress of large numbers of people from public facilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>For the transportation infrastructure market Access Products manufactures Access Tile, Tactile Systems, and the TripStop Dynamic Sidewalk Joint.</w:t>
       </w:r>
       <w:r>
@@ -1607,66 +1607,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Buffalo, NY 14203</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-682-2525</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 916-919-0568</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 877-679-4022</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_FDAC5E_1" w:history="1">
+      <w:hyperlink r:id="rId_1AFB33_1" w:history="1">
         <w:tooltip>request info (johnh@accessproducts.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (johnh@accessproducts.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_FDAC5E_2" w:history="1">
+      <w:hyperlink r:id="rId_1AFB33_2" w:history="1">
         <w:tooltip>https://www.Ecoglo.us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.Ecoglo.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -6129,81 +6129,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_391304"
+  Id="rId_49764A"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/accesspr.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F240E7_1"
+  Id="rId_C40EAE_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Access%252BProducts%252B%252F%252BEcoglo&amp;message=RE%253A%2520Spec%2520Question%2520(10443eco)%253A%2520&amp;coid=45269&amp;spec=10443eco&amp;rep=&amp;fax=877-679-4022"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F240E7_2"
+  Id="rId_C40EAE_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.Ecoglo.us"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F240E7_3"
+  Id="rId_C40EAE_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/access-products-ecoglo-45269"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_FDAC5E_1"
+  Id="rId_1AFB33_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Access%252BProducts%252B%252F%252BEcoglo&amp;message=RE%253A%2520Spec%2520Question%2520(10443eco)%253A%2520&amp;coid=45269&amp;spec=10443eco&amp;rep=&amp;fax=877-679-4022"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_FDAC5E_2"
+  Id="rId_1AFB33_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.Ecoglo.us"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>