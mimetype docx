--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/ambico.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_A1F88E" descr="https://www.arcat.com/clients/gfx/ambico.png"/>
+              <wp:docPr id="1" name="Picture rId_45179A" descr="https://www.arcat.com/clients/gfx/ambico.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_A1F88E" descr="https://www.arcat.com/clients/gfx/ambico.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_45179A" descr="https://www.arcat.com/clients/gfx/ambico.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_A1F88E"/>
+                      <a:blip r:link="rId_45179A"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ottawa, ON, Canada K1J 7R8</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-423-2224</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 613-746-4663</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 800-465-8561</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9D88F1_1" w:history="1">
+      <w:hyperlink r:id="rId_E507B0_1" w:history="1">
         <w:tooltip>request info (specialized@Ambico.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (specialized@Ambico.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9D88F1_2" w:history="1">
+      <w:hyperlink r:id="rId_E507B0_2" w:history="1">
         <w:tooltip>https://www.ambico.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.ambico.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9D88F1_3" w:history="1">
+      <w:hyperlink r:id="rId_E507B0_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>AMBICO manufactures specialized doors and door frames. Located in Canada's capital city of Ottawa, Ontario, AMBICO LIMITED operates from an office and manufacturing facility covering one city block. The formula for AMBICO's success includes quality driven, laboratory tested, specially manufactured products.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Our decorative line of products includes recessed panel, brass clad, bronze clad, as well as stainless steel doors and door frames. AMBICO's exceptional line of engineered door and frame products include acoustic wood, acoustic steel, bullet resistant steel, blast resistant, lead lined, oversized and stainless steel.</w:t>
       </w:r>
       <w:r>
@@ -1521,66 +1521,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ottawa, ON, Canada K1J 7R8</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-423-2224</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 613-746-4663</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 800-465-8561</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C3DA4D_1" w:history="1">
+      <w:hyperlink r:id="rId_3082FD_1" w:history="1">
         <w:tooltip>request info (specialized@Ambico.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (specialized@Ambico.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C3DA4D_2" w:history="1">
+      <w:hyperlink r:id="rId_3082FD_2" w:history="1">
         <w:tooltip>https://www.ambico.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.ambico.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -6563,81 +6563,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_A1F88E"
+  Id="rId_45179A"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/ambico.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9D88F1_1"
+  Id="rId_E507B0_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=AMBICO%252BLIMITED&amp;message=RE%253A%2520Spec%2520Question%2520(08395abl)%253A%2520&amp;coid=40356&amp;spec=08395abl&amp;rep=&amp;fax=800-465-8561"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9D88F1_2"
+  Id="rId_E507B0_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.ambico.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9D88F1_3"
+  Id="rId_E507B0_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/ambico-limited-40356"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C3DA4D_1"
+  Id="rId_3082FD_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=AMBICO%252BLIMITED&amp;message=RE%253A%2520Spec%2520Question%2520(08395abl)%253A%2520&amp;coid=40356&amp;spec=08395abl&amp;rep=&amp;fax=800-465-8561"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C3DA4D_2"
+  Id="rId_3082FD_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.ambico.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>