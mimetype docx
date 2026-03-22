--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/ambico.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_45179A" descr="https://www.arcat.com/clients/gfx/ambico.png"/>
+              <wp:docPr id="1" name="Picture rId_AAA55E" descr="https://www.arcat.com/clients/gfx/ambico.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_45179A" descr="https://www.arcat.com/clients/gfx/ambico.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_AAA55E" descr="https://www.arcat.com/clients/gfx/ambico.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_45179A"/>
+                      <a:blip r:link="rId_AAA55E"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ottawa, ON, Canada K1J 7R8</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-423-2224</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 613-746-4663</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 800-465-8561</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E507B0_1" w:history="1">
+      <w:hyperlink r:id="rId_3A83B7_1" w:history="1">
         <w:tooltip>request info (specialized@Ambico.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (specialized@Ambico.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E507B0_2" w:history="1">
+      <w:hyperlink r:id="rId_3A83B7_2" w:history="1">
         <w:tooltip>https://www.ambico.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.ambico.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E507B0_3" w:history="1">
+      <w:hyperlink r:id="rId_3A83B7_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>AMBICO manufactures specialized doors and door frames. Located in Canada's capital city of Ottawa, Ontario, AMBICO LIMITED operates from an office and manufacturing facility covering one city block. The formula for AMBICO's success includes quality driven, laboratory tested, specially manufactured products.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Our decorative line of products includes recessed panel, brass clad, bronze clad, as well as stainless steel doors and door frames. AMBICO's exceptional line of engineered door and frame products include acoustic wood, acoustic steel, bullet resistant steel, blast resistant, lead lined, oversized and stainless steel.</w:t>
       </w:r>
       <w:r>
@@ -1521,66 +1521,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ottawa, ON, Canada K1J 7R8</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-423-2224</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 613-746-4663</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 800-465-8561</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3082FD_1" w:history="1">
+      <w:hyperlink r:id="rId_E2802C_1" w:history="1">
         <w:tooltip>request info (specialized@Ambico.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (specialized@Ambico.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3082FD_2" w:history="1">
+      <w:hyperlink r:id="rId_E2802C_2" w:history="1">
         <w:tooltip>https://www.ambico.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.ambico.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -6563,81 +6563,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_45179A"
+  Id="rId_AAA55E"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/ambico.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E507B0_1"
+  Id="rId_3A83B7_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=AMBICO%252BLIMITED&amp;message=RE%253A%2520Spec%2520Question%2520(08395abl)%253A%2520&amp;coid=40356&amp;spec=08395abl&amp;rep=&amp;fax=800-465-8561"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E507B0_2"
+  Id="rId_3A83B7_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.ambico.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E507B0_3"
+  Id="rId_3A83B7_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/ambico-limited-40356"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3082FD_1"
+  Id="rId_E2802C_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=AMBICO%252BLIMITED&amp;message=RE%253A%2520Spec%2520Question%2520(08395abl)%253A%2520&amp;coid=40356&amp;spec=08395abl&amp;rep=&amp;fax=800-465-8561"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3082FD_2"
+  Id="rId_E2802C_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.ambico.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>