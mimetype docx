--- v0 (2025-11-14)
+++ v1 (2026-02-02)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/american.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_D9F2B9" descr="https://www.arcat.com/clients/gfx/american.png"/>
+              <wp:docPr id="1" name="Picture rId_4D1631" descr="https://www.arcat.com/clients/gfx/american.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_D9F2B9" descr="https://www.arcat.com/clients/gfx/american.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_4D1631" descr="https://www.arcat.com/clients/gfx/american.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_D9F2B9"/>
+                      <a:blip r:link="rId_4D1631"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -185,146 +185,146 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>1218 Corporate Dr. E.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> Arlington, TX 76006</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  Tel: 855-772-7401</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  Fax: 855-445-7282</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_98C25E_1" w:history="1">
+      <w:hyperlink r:id="rId_9A53FB_1" w:history="1">
         <w:tooltip>sales@americanskylights.com   downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>sales@americanskylights.com  </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_98C25E_2" w:history="1">
+      <w:hyperlink r:id="rId_9A53FB_2" w:history="1">
         <w:tooltip>www.americanskylights.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.americanskylights.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_98C25E_3" w:history="1">
+      <w:hyperlink r:id="rId_9A53FB_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>American Skylights manufactures the highest quality standard, special and custom skylights and non-structural roof systems for new or replacement opening without the extended lead times or prohibitive costs. American also manufactures skylights specifically designed to meet the tough standards of Miami Dade County, Texas Department of Insurance, and a skylight designed to meet OSHA Fall Protection standards without a screen! Fall guard protection screens and security grills for all brands of skylights are also available. Please browse our website </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C8EC99_1" w:history="1">
+      <w:hyperlink r:id="rId_EAB9AC_1" w:history="1">
         <w:tooltip>www.americanskylights.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.americanskylights.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> to learn more about the entire product offering from American Skylights. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>See our SpecWizard: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C8EC99_2" w:history="1">
+      <w:hyperlink r:id="rId_EAB9AC_2" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
     </w:p>
@@ -741,51 +741,51 @@
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Submit under provisions of Section 01 30 00.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
-      <w:hyperlink r:id="rId_69AF42_1" w:history="1">
+      <w:hyperlink r:id="rId_26EAD8_1" w:history="1">
         <w:tooltip>Product Data downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Product Data</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>:  Manufacturer's data sheets on each product to be used, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -1291,66 +1291,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1218 Corporate Dr. E.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Arlington, TX 76006</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 855-772-7401</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 855-445-7282</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_ADCC26_1" w:history="1">
+      <w:hyperlink r:id="rId_EB7CCE_1" w:history="1">
         <w:tooltip> sales@americanskylights.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> sales@americanskylights.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_ADCC26_2" w:history="1">
+      <w:hyperlink r:id="rId_EB7CCE_2" w:history="1">
         <w:tooltip>http://www.americanskylights.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.americanskylights.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER **  Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -8355,99 +8355,99 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_D9F2B9"
+  Id="rId_4D1631"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/american.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_98C25E_1"
+  Id="rId_9A53FB_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:sales@americanskylights.com%20"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_98C25E_2"
+  Id="rId_9A53FB_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.americanskylights.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_98C25E_3"
+  Id="rId_9A53FB_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.arcat.com/arcatcos/cos30/arc30446.cfm"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C8EC99_1"
+  Id="rId_EAB9AC_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.americanskylights.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C8EC99_2"
+  Id="rId_EAB9AC_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.arcat.com/specwizard/08600as/index.htm"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_69AF42_1"
+  Id="rId_26EAD8_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.arcat.com/arcatcos/cos30/arc30446.cfm"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_ADCC26_1"
+  Id="rId_EB7CCE_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:sales@americanskylights.com?subject=RE:%20Spec%20Question%20(08600asi):%20"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_ADCC26_2"
+  Id="rId_EB7CCE_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.americanskylights.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>