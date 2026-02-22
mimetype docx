--- v1 (2026-02-02)
+++ v2 (2026-02-22)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/american.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_4D1631" descr="https://www.arcat.com/clients/gfx/american.png"/>
+              <wp:docPr id="1" name="Picture rId_FCD723" descr="https://www.arcat.com/clients/gfx/american.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_4D1631" descr="https://www.arcat.com/clients/gfx/american.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_FCD723" descr="https://www.arcat.com/clients/gfx/american.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_4D1631"/>
+                      <a:blip r:link="rId_FCD723"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -185,146 +185,146 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>1218 Corporate Dr. E.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> Arlington, TX 76006</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  Tel: 855-772-7401</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  Fax: 855-445-7282</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  E-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9A53FB_1" w:history="1">
+      <w:hyperlink r:id="rId_A91C3B_1" w:history="1">
         <w:tooltip>sales@americanskylights.com   downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>sales@americanskylights.com  </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9A53FB_2" w:history="1">
+      <w:hyperlink r:id="rId_A91C3B_2" w:history="1">
         <w:tooltip>www.americanskylights.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.americanskylights.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>  [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9A53FB_3" w:history="1">
+      <w:hyperlink r:id="rId_A91C3B_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>American Skylights manufactures the highest quality standard, special and custom skylights and non-structural roof systems for new or replacement opening without the extended lead times or prohibitive costs. American also manufactures skylights specifically designed to meet the tough standards of Miami Dade County, Texas Department of Insurance, and a skylight designed to meet OSHA Fall Protection standards without a screen! Fall guard protection screens and security grills for all brands of skylights are also available. Please browse our website </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_EAB9AC_1" w:history="1">
+      <w:hyperlink r:id="rId_32FD5C_1" w:history="1">
         <w:tooltip>www.americanskylights.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.americanskylights.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> to learn more about the entire product offering from American Skylights. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>See our SpecWizard: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_EAB9AC_2" w:history="1">
+      <w:hyperlink r:id="rId_32FD5C_2" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
     </w:p>
@@ -741,51 +741,51 @@
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Submit under provisions of Section 01 30 00.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
-      <w:hyperlink r:id="rId_26EAD8_1" w:history="1">
+      <w:hyperlink r:id="rId_FEBBC2_1" w:history="1">
         <w:tooltip>Product Data downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Product Data</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>:  Manufacturer's data sheets on each product to be used, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -1291,66 +1291,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1218 Corporate Dr. E.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Arlington, TX 76006</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 855-772-7401</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 855-445-7282</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_EB7CCE_1" w:history="1">
+      <w:hyperlink r:id="rId_DAAE80_1" w:history="1">
         <w:tooltip> sales@americanskylights.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> sales@americanskylights.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_EB7CCE_2" w:history="1">
+      <w:hyperlink r:id="rId_DAAE80_2" w:history="1">
         <w:tooltip>http://www.americanskylights.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.americanskylights.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER **  Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -8355,99 +8355,99 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_4D1631"
+  Id="rId_FCD723"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/american.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9A53FB_1"
+  Id="rId_A91C3B_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:sales@americanskylights.com%20"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9A53FB_2"
+  Id="rId_A91C3B_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.americanskylights.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9A53FB_3"
+  Id="rId_A91C3B_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.arcat.com/arcatcos/cos30/arc30446.cfm"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_EAB9AC_1"
+  Id="rId_32FD5C_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.americanskylights.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_EAB9AC_2"
+  Id="rId_32FD5C_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.arcat.com/specwizard/08600as/index.htm"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_26EAD8_1"
+  Id="rId_FEBBC2_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.arcat.com/arcatcos/cos30/arc30446.cfm"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_EB7CCE_1"
+  Id="rId_DAAE80_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:sales@americanskylights.com?subject=RE:%20Spec%20Question%20(08600asi):%20"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_EB7CCE_2"
+  Id="rId_DAAE80_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.americanskylights.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>