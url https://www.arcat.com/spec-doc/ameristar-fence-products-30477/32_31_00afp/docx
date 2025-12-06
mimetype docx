--- v0 (2025-10-18)
+++ v1 (2025-12-06)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/amerista.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2190750" cy="914400"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_3BA9D4" descr="https://www.arcat.com/clients/gfx/amerista.png"/>
+              <wp:docPr id="1" name="Picture rId_47F9D5" descr="https://www.arcat.com/clients/gfx/amerista.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_3BA9D4" descr="https://www.arcat.com/clients/gfx/amerista.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_47F9D5" descr="https://www.arcat.com/clients/gfx/amerista.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_3BA9D4"/>
+                      <a:blip r:link="rId_47F9D5"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2190750" cy="914400"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,91 +181,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of Ameristar Fence Products, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1555 N. Mingo</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tulsa, OK 74116</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-321-8724</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_A0B67C_1" w:history="1">
+      <w:hyperlink r:id="rId_0ABD69_1" w:history="1">
         <w:tooltip>request info (Vonnie.Kelley@assaabloy.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (Vonnie.Kelley@assaabloy.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_A0B67C_2" w:history="1">
+      <w:hyperlink r:id="rId_0ABD69_2" w:history="1">
         <w:tooltip>https://www.ameristarperimeter.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.ameristarperimeter.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_A0B67C_3" w:history="1">
+      <w:hyperlink r:id="rId_0ABD69_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ameristar was chartered two decades ago to provide specialty fence products that were more affordable but did not compromise the quality level demanded by specifiers and consumers. This could be accomplished only by complete reformation of the way fence products were being manufactured. Product design was approached from many new perspectives: maximizing high-volume productivity, increasing strength and durability, promoting ease of installation, and enhancing aesthetic appearance. A new plant was designed and built to house state-of-the-art roll-forming, metal processing and powder coating equipment. The result has boosted Ameristar to its current position as the largest manufacturer of ornamental fencing in the world.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1219,66 +1219,66 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Ameristar Fence Products, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1555 N. Mingo</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tulsa, OK 74116</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-321-8724</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_BB5768_1" w:history="1">
+      <w:hyperlink r:id="rId_834EF1_1" w:history="1">
         <w:tooltip>request info (Vonnie.Kelley@assaabloy.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (Vonnie.Kelley@assaabloy.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_BB5768_2" w:history="1">
+      <w:hyperlink r:id="rId_834EF1_2" w:history="1">
         <w:tooltip>https://www.ameristarperimeter.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.ameristarperimeter.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -8439,81 +8439,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_3BA9D4"
+  Id="rId_47F9D5"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/amerista.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_A0B67C_1"
+  Id="rId_0ABD69_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Ameristar%252BFence%252BProducts&amp;message=RE%253A%2520Spec%2520Question%2520(02820afp)%253A%2520&amp;coid=30477&amp;spec=02820afp&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_A0B67C_2"
+  Id="rId_0ABD69_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.ameristarperimeter.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_A0B67C_3"
+  Id="rId_0ABD69_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/ameristar-fence-products-30477"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_BB5768_1"
+  Id="rId_834EF1_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Ameristar%252BFence%252BProducts&amp;message=RE%253A%2520Spec%2520Question%2520(02820afp)%253A%2520&amp;coid=30477&amp;spec=02820afp&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_BB5768_2"
+  Id="rId_834EF1_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.ameristarperimeter.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>