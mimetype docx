--- v0 (2026-01-19)
+++ v1 (2026-02-12)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/alabama_metal.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_857DDF" descr="https://www.arcat.com/clients/gfx/alabama_metal.png"/>
+              <wp:docPr id="1" name="Picture rId_57DF68" descr="https://www.arcat.com/clients/gfx/alabama_metal.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_857DDF" descr="https://www.arcat.com/clients/gfx/alabama_metal.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_57DF68" descr="https://www.arcat.com/clients/gfx/alabama_metal.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_857DDF"/>
+                      <a:blip r:link="rId_57DF68"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,96 +186,96 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>3245 Fayette Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Birmingham, AL 35207</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 833-333-3902</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 205-786-6527</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F777B7_1" w:history="1">
+      <w:hyperlink r:id="rId_A40F25_1" w:history="1">
         <w:tooltip>request info (mnelson@amicoarchitectural.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (mnelson@amicoarchitectural.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F777B7_2" w:history="1">
+      <w:hyperlink r:id="rId_A40F25_2" w:history="1">
         <w:tooltip>https://amicoarchitectural.com/ downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://amicoarchitectural.com/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>[ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F777B7_3" w:history="1">
+      <w:hyperlink r:id="rId_A40F25_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>AMICO is your partner for architectural metal manufacturing, design, and fabrication. We have been a North American industry leader since 1939, specializing in perforated metal, expanded mesh, and laser-cut panels. As we've grown and evolved with the industry, we aim to provide graceful, design-forward product solutions to help architects build unique and beautiful environments with architectural metals. Our metal products are of the highest standard, and our knowledge and services have allowed us to be partners on award-winning and iconic design projects from the early design stage to the job site. As your project partner, we bring years of architectural experience, detailing support, vast fabrication capabilities, engineering load analysis, job site coordination, overall flexibility, and a love of great architecture to drive design success. Our broad manufacturing footprint spans more than ten locations across North America, allowing us to produce Build America Buy America and Made in Canada projects.</w:t>
       </w:r>
     </w:p>
@@ -1007,66 +1007,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>3245 Fayette Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Birmingham, AL 35207</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 833-333-3902</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 205-786-6527</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3780C0_1" w:history="1">
+      <w:hyperlink r:id="rId_019589_1" w:history="1">
         <w:tooltip>request info (mnelson@amicoarchitectural.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (mnelson@amicoarchitectural.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3780C0_2" w:history="1">
+      <w:hyperlink r:id="rId_019589_2" w:history="1">
         <w:tooltip>https://amicoarchitectural.com/ downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://amicoarchitectural.com/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with the requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -21737,81 +21737,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_857DDF"
+  Id="rId_57DF68"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/alabama_metal.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F777B7_1"
+  Id="rId_A40F25_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=AMICO%252BArchitectural%252BMetals&amp;message=RE%253A%2520Spec%2520Question%2520(05700ami)%253A%2520&amp;coid=30244&amp;spec=05700ami&amp;rep=&amp;fax=205-786-6527"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F777B7_2"
+  Id="rId_A40F25_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://amicoarchitectural.com/"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F777B7_3"
+  Id="rId_A40F25_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/amico-architectural-metals-30244"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3780C0_1"
+  Id="rId_019589_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=AMICO%252BArchitectural%252BMetals&amp;message=RE%253A%2520Spec%2520Question%2520(05700ami)%253A%2520&amp;coid=30244&amp;spec=05700ami&amp;rep=&amp;fax=205-786-6527"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3780C0_2"
+  Id="rId_019589_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://amicoarchitectural.com/"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>