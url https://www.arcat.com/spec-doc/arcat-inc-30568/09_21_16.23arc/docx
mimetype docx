--- v0 (2025-10-19)
+++ v1 (2026-03-19)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/arcat.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="0" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_51B9BF" descr="https://www.arcat.com/clients/gfx/arcat.png"/>
+              <wp:docPr id="1" name="Picture rId_278708" descr="https://www.arcat.com/clients/gfx/arcat.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_51B9BF" descr="https://www.arcat.com/clients/gfx/arcat.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_278708" descr="https://www.arcat.com/clients/gfx/arcat.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_51B9BF"/>
+                      <a:blip r:link="rId_278708"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="0" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -138,51 +138,51 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Copyright 2015 - 2025 ARCAT, Inc. - All rights reserved</w:t>
+        <w:t>Copyright 2015 - 2026 ARCAT, Inc. - All rights reserved</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** This is a generic ARCAT specification, provided in the style and format of all ARCAT manufacturer's specifications. The Notes to Specifier are intended to provide guidance in editing the text. Delete and add text as required for your individual project.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -2042,51 +2042,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_51B9BF"
+  Id="rId_278708"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/arcat.png"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>