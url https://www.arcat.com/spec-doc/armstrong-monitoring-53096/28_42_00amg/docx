--- v0 (2025-12-05)
+++ v1 (2025-12-30)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/armstrong_monitoring.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2857500" cy="1428750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_2F05CA" descr="https://www.arcat.com/clients/gfx/armstrong_monitoring.png"/>
+              <wp:docPr id="1" name="Picture rId_D000AD" descr="https://www.arcat.com/clients/gfx/armstrong_monitoring.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_2F05CA" descr="https://www.arcat.com/clients/gfx/armstrong_monitoring.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_D000AD" descr="https://www.arcat.com/clients/gfx/armstrong_monitoring.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_2F05CA"/>
+                      <a:blip r:link="rId_D000AD"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2857500" cy="1428750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ottawa, ON, Canada K2E 7K3</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-465-5777</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 613-225-9531</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 613-225-6965</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_883237_1" w:history="1">
+      <w:hyperlink r:id="rId_8FC72E_1" w:history="1">
         <w:tooltip>request info (null) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (null)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_883237_2" w:history="1">
+      <w:hyperlink r:id="rId_8FC72E_2" w:history="1">
         <w:tooltip>https://www.armstrongmonitoring.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.armstrongmonitoring.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_883237_3" w:history="1">
+      <w:hyperlink r:id="rId_8FC72E_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>As a pioneer in the industry, we have been developing, manufacturing, and servicing gas detection and monitoring equipment for over 40 years. Our commitment to ensuring safer environments, healthier air, and reduced environmental impact has helped forge our reputation as a trusted gas monitoring and detection solution provider with global reach.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Armstrong Monitoring designs and manufactures a highly versatile product line using the most reliable sensing technologies available. Intrinsic adaptability combined with a wide variety of gas sensor options means that Armstrong Monitoring systems can be tailored to meet the requirements of almost any application. Armstrong Monitoring's history and breadth and depth of product development enable it to support virtually every industry and site, including mines, refineries, hospital labs, pharmaceutical manufacturing, automotive, food, any type of manufacturing, naval vessels, schools, automotive dealerships and parking garages, municipal water/sewer facilities, skating rinks, pools, etc.</w:t>
       </w:r>
     </w:p>
@@ -918,66 +918,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ottawa, ON, Canada K2E 7K3</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-465-5777</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 613-225-9531</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 613-225-6965</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_367BA1_1" w:history="1">
+      <w:hyperlink r:id="rId_73954A_1" w:history="1">
         <w:tooltip>request info (null) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (null)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_367BA1_2" w:history="1">
+      <w:hyperlink r:id="rId_73954A_2" w:history="1">
         <w:tooltip>https://www.armstrongmonitoring.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.armstrongmonitoring.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -8766,81 +8766,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_2F05CA"
+  Id="rId_D000AD"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/armstrong_monitoring.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_883237_1"
+  Id="rId_8FC72E_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Armstrong%252BMonitoring&amp;message=RE%253A%2520Spec%2520Question%2520(13850amg)%253A%2520&amp;coid=53096&amp;spec=13850amg&amp;rep=&amp;fax=613-225-6965"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_883237_2"
+  Id="rId_8FC72E_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.armstrongmonitoring.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_883237_3"
+  Id="rId_8FC72E_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/armstrong-monitoring-53096"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_367BA1_1"
+  Id="rId_73954A_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Armstrong%252BMonitoring&amp;message=RE%253A%2520Spec%2520Question%2520(13850amg)%253A%2520&amp;coid=53096&amp;spec=13850amg&amp;rep=&amp;fax=613-225-6965"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_367BA1_2"
+  Id="rId_73954A_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.armstrongmonitoring.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>