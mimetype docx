--- v0 (2025-12-25)
+++ v1 (2026-03-22)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/astadoor.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_29582F" descr="https://www.arcat.com/clients/gfx/astadoor.png"/>
+              <wp:docPr id="1" name="Picture rId_00183A" descr="https://www.arcat.com/clients/gfx/astadoor.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_29582F" descr="https://www.arcat.com/clients/gfx/astadoor.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_00183A" descr="https://www.arcat.com/clients/gfx/astadoor.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_29582F"/>
+                      <a:blip r:link="rId_00183A"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -138,187 +138,167 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Copyright 2007 - 2025 ARCAT, Inc. - All rights reserved</w:t>
+        <w:t>Copyright 2007 - 2026 ARCAT, Inc. - All rights reserved</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** ASTA AMERICA by Janus International; industrial, commercial, service doors, and insulated rolling doors.</w:t>
-      </w:r>
-[...3 lines deleted...]
-        <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of ASTA AMERICA by Janus International, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>P. O. Box 307</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Cartersville, GA 30120</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-423-0659</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 770-974-2600</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 770-974-1455</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_97B6D3_1" w:history="1">
+      <w:hyperlink r:id="rId_049EC9_1" w:history="1">
         <w:tooltip>request info (peter.elsenbach@ASTAAmerica.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (peter.elsenbach@ASTAAmerica.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_97B6D3_2" w:history="1">
+      <w:hyperlink r:id="rId_049EC9_2" w:history="1">
         <w:tooltip>https://www.astaamerica.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.astaamerica.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
-        <w:t/>
-[...3 lines deleted...]
-        <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_97B6D3_3" w:history="1">
+      <w:hyperlink r:id="rId_049EC9_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
-        <w:t/>
+        <w:t>ASTA AMERICA is a major supplier of rolling door products throughout the United States. ASTA AMERICA's main manufacturing facility is located in Cartersville, Georgia and was established in 1990. We have become a market leader through a tradition of quality and durability that has been the standard for all of our products. By producing a wide range of rolling door products at competitive prices, we provide effective solutions for our customers in today's marketplace.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
-        <w:t>ASTA AMERICA is a major supplier of rolling door products throughout the United States. ASTA AMERICA's main manufacturing facility is located in Acworth, Georgia and was established in 1990. We have become a market leader through a tradition of quality and durability that has been the standard for all of our products. By producing a wide range of rolling door products at competitive prices, we provide effective solutions for our customers in today's marketplace.</w:t>
-[...9 lines deleted...]
-        <w:t>ASTA AMERICA manufactures, Industrial Rolling Steel Doors, Insulated Rolling Steel Doors, Commercial Rolling Steel Sheet Doors, and Mini/Self-Storage Roll up Doors. We also offer a wide variety of other products including Rolling Steel Fire Doors, Counter Fire Shutters, and Commercial Sectional Doors. With an uncompromising commitment to cost effective reliability and over seventeen years' experience in engineering, manufacturing and innovation, ASTA AMERICA continues to provide our customers with a competitive edge in the market place.</w:t>
+        <w:t>ASTA AMERICA manufactures, Industrial Rolling Steel Doors, Insulated Rolling Steel Doors, Commercial Rolling Steel Sheet Doors, and Mini/Self-Storage Roll up Doors. We also offer a wide variety of other products including Rolling Steel Fire Doors, Counter Fire Shutters, and Commercial Sectional Doors. With an uncompromising commitment to cost effective reliability and over seventeen years' experience in engineering, manufacturing, and innovation, ASTA AMERICA continues to provide our customers with a competitive edge in the market place.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -368,50 +348,64 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Standard rolling steel service doors. (400 Series)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t>High performance rolling steel service doors. (400HP Series)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t>Insulated rolling steel service doors. (600 Series)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Rolling steel fire doors. (500 Series)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
@@ -452,50 +446,64 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Rolling grilles. (800 Series)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t>High performance rolling grilles. (800HP Series)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t>Electric operators.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>RELATED SECTIONS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete any sections below not relevant to this project; add others as required.</w:t>
@@ -688,75 +696,75 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Product Data: Manufacturer's specifications and technical data including the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Detailed specification of construction and fabrication, gauge and type of metal; parts list; name, address, and phone number of installing distributor; and operating and maintenance instructions.</w:t>
+        <w:t>Detailed specification of construction and fabrication, gauge, and type of metal; parts list; name, address, and phone number of installing distributor; and operating and maintenance instructions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete paragraph below if motorized doors not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Include electrical characteristics of components and voltage requirements provided by other, but required to operate assembly.</w:t>
+        <w:t>Include electrical characteristics of components and voltage requirements provided by other but required to operate assembly.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Installation methods including size and location of mounting bolts.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -890,51 +898,51 @@
         <w:rPr/>
         <w:t>Installer Qualifications: Acceptable to or licensed by manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete if motorized doors not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Regulatory Requirements: UL listed motor, controls and equipment.</w:t>
+        <w:t>Regulatory Requirements: UL listed motor, controls, and equipment.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Include a mock-up if the project size and/or quality warrant taking such a precaution. The following is one example of how a mock-up on a large project might be specified. When deciding on the extent of the mock-up, consider all the major different types of work on the project.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Mock-Up: Provide a mock-up for evaluation of fabrication and application workmanship. Do not proceed with remaining work until workmanship is approved by Architect.</w:t>
       </w:r>
@@ -1096,51 +1104,51 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Attention: Customer Service. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Address: 4255 McEver Industrial Drive, Acworth, GA 30101</w:t>
+        <w:t>Address: 638 Cassville White Rd. N.W., Cartersville, GA 30121</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>SELF-STORAGE DOOR LIMITED WARRANTY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -1208,93 +1216,93 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Attention: Customer Service. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Address: 4255 McEver Industrial Drive, Acworth, GA 30101</w:t>
+        <w:t>Address: 638 Cassville White Rd. N.W., Cartersville, GA 30121</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>ROLLING STEEL SLAT DOOR LIMITED WARRANTY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>This Limited Warranty gives you specific legal rights and you may also have other rights, which vary from state to state.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>ASTA AMERICA (ASTA), warrants rolling steel model 300, 400, 500, and 600 doors and the attached hardware and fittings for twenty-four (24) months, from the purchase date, to be free of defects in materials and workmanship. Should any product be defective due to defect in material or faulty workmanship within the twenty-four month period, ASTA, upon notification, shall correct this problem at its option by repairing or replacing such defective product. For complete details of our warranty visit our website at https://www.astaamerica.com..</w:t>
+        <w:t>ASTA AMERICA (ASTA), warrants rolling steel model 300, 400, 400HP, 500, 600, 700, 800, and 800HP doors and the attached hardware and fittings for twenty-four (24) months, from the purchase date, to be free of defects in materials and workmanship. Should any product be defective due to defect in material or faulty workmanship within the twenty-four month period, ASTA, upon notification, shall correct this problem at its option by repairing or replacing such defective product. For complete details of our warranty visit our website at https://www.astaamerica.com..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Warranty claims must be made to ASTA within the thirty-six month Warranty Period.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -1320,51 +1328,51 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Attention: Customer Service. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Address: 4255 McEver Industrial Drive, Acworth, GA 30101</w:t>
+        <w:t>Address: 638 Cassville White Rd. N.W., Cartersville, GA 30121</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>PRODUCTS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -1394,66 +1402,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Cartersville, GA 30120</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-423-0659</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 770-974-2600</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 770-974-1455</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_B7E31C_1" w:history="1">
+      <w:hyperlink r:id="rId_1C9A10_1" w:history="1">
         <w:tooltip>request info (peter.elsenbach@ASTAAmerica.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (peter.elsenbach@ASTAAmerica.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_B7E31C_2" w:history="1">
+      <w:hyperlink r:id="rId_1C9A10_2" w:history="1">
         <w:tooltip>https://www.astaamerica.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.astaamerica.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -2330,51 +2338,51 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Bottom Bar: 2 x 1-1/2 inch (51 x 38 mm) 12 gauge galvanized steel angle fastened to aluminum retainer with bottom weather seal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Insulation: Mylar and polyethylene insulation laminated to corrugated steel sheet with an efficiency ' R' rating of 2.</w:t>
+        <w:t>Insulation: Mylar and polyethylene insulation laminated to corrugated steel sheet with an efficiency ' R' rating of 4.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Drum Assembly:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -2550,51 +2558,51 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Bottom Bar: 2 x 1-1/2 inch (51 x 38 mm) 12 gauge galvanized steel angle fastened to aluminum retainer with bottom weather seal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Insulation: Mylar and polyethylene insulation laminated to corrugated steel sheet with an efficiency ' R' rating of 2.</w:t>
+        <w:t>Insulation: Mylar and polyethylene insulation laminated to corrugated steel sheet with an efficiency ' R' rating of 4.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Drum Assembly:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -2784,51 +2792,51 @@
         <w:rPr/>
         <w:t>Windlocks: 10 gauge galvanized 110 degree clips, riveted to door curtain edge.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Consult manufacturer for approved door sizes for higher windloads. Higher windload ratings are provided on doors that are less than 14 feet (4877 mm) wide.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Windload Certified: Design to satisfy windload of 35 psf ( kPa), based on 14 foot (4877 mm) wide test door with certification up to 20 feet (6096 mm) wide with less windload rating. </w:t>
+        <w:t>Windload Certified: Design to satisfy windload of 35 psf (1.7 kPa), based on 14 foot (4877 mm) wide test door with certification up to 20 feet (6096 mm) wide with less windload rating. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Drum Assembly:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -2906,51 +2914,51 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Weatherseals: Side draft seal, aluminum retainer with brush seal. Field installed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Continuous Corrugated Rolling Steel Sheet Doors: Model 204 Windlock/Insulated Commercial Sheet Doors as manufactured by ASTA AMERICA.</w:t>
+        <w:t>Continuous Corrugated Rolling Steel Sheet Doors: Model 204 Windlock/Insulated Commercial Sheet Doors as manufactured by ASTA America.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Operation: Reduction gear chain hoist standard on all sizes with lock bracket.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -3004,51 +3012,51 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Windlocks: 10 gauge galvanized 110 degree clips, riveted to door curtain edge.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Insulation: Mylar and polyethylene insulation laminated to corrugated steel sheet with an efficiency ' R' rating of 2.</w:t>
+        <w:t>Insulation: Mylar and polyethylene insulation laminated to corrugated steel sheet with an efficiency ' R' rating of 4.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Consult manufacturer for approved door sizes for higher windloads.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Windload Certified: Door construction designed to satisfy windload of 35 psf (1.68 kPa), based on 14 foot (4877 mm) wide test door with certification up to 20 feet (6096 mm) wide with less windload rating. Higher windload ratings are provided on doors that are less than 14 feet (4877 mm) wide.</w:t>
       </w:r>
@@ -3164,6903 +3172,9893 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Side Draft Seal: Aluminum retainer with brush seal. Field installed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Continuous Corrugated Rolling Steel Sheet Doors: Model 281 Mini/Self-Storage Sheet Doors as manufactured by ASTA AMERICA.</w:t>
-[...13 lines deleted...]
-        <w:t>Operation: Rope pull.</w:t>
+        <w:t>Continuous Sheet Rolling Door, Model 281/282 as manufactured by ASTA AMERICA. Available in sizes up to 10 x 10 ft. (3.048 x 36.048 m) interior or exterior face mounted on a prepared jamb.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Curtain:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Sheet: 26 gauge ASTM A653-G60 galvanized Grade 80 full hard steel roll formed in continuous corrugation. Finished with baked epoxy primer and baked polyester topcoat.</w:t>
-[...83 lines deleted...]
-        <w:t>Guides: Roll formed 18 gauge galvanized steel channels, 2 inches (51 mm) deep with dual guide wear strip.</w:t>
+        <w:t>Sheets: Continuous 20 inch (508 mm) corrugated sheets roll formed from 26 gauge ASTM A653 Grade 80 full hard steel and lock seamed together.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Galvanized and pre-painted with Super Durable Polyester paint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guarantee: 40 year film integrity warranty to not crack, peel, flake, split, delaminate, or blister. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Additional Guarantee: Up to 35 years against fading or changing color based on color chosen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bar: Roll formed clear acrylic coated galvanized steel reinforced with a 1-1/2 x 1-1/2 inch (38 x 38 mm) x 12 gauge galvanized angle that extends fully into the guides. Exterior mounted lift handles and No. 6 Angola rope attached to interior angle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Weatherstripping: Black PVC bulb-type astragal affixed to the bottom bar assembly provides positive contact with the floor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Polyethylene wear strip furnished on both legs of each guide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** The remaining items are optional. Delete what is not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Side draft stop attaching to guide with steel angle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Black flexible neoprene top draft stop with 2 inch (51 mm) lip attached to curtain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>4 inch (102 mm) Header Seal attached to header jamb.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assembly: Galvanized coil steel fabricated in a 9-1/2 inch (241 mm) diameter spiral formation to enclose spring counterbalance system and provide full span curtain weight support. Attached galvanized drums are furnished with grease-filled, shielded radial ball bearings at rotating points around the axle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spring Counterbalance: Factory lubricated, oil tempered, helical torsion springs located inside the barrel and made of wire conforming to ASTM A229. Springs are attached to the steel axle tube by means of a welded spring clip. Axle tube provided is sufficient size to carry curtain load and spring torque.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Support Brackets: Galvanized and reinforced one-piece 12 gauge formed steel brackets are factory installed to the door assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spring Tensioner: Left end external mounted ratchet tensioner device allows for field adjustment of spring tension on all springs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Assembly: Universal mounted guides roll formed from 18 gauge galvanized steel and fitted with leg wear strips. 1-5/8 inch (41 mm) guide depth furnished for sufficient curtain engagement. Removable galvanized door stop at top of each guide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hand operated with No. 6 Angola rope attaching to the bottom bar assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** The electric operator is optional. Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Internal right hand drive electric operator; furnished by vendor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking Mechanism: Single yellow zinc or optional stainless steel mini latch factory installed on right side of door (outside looking in) with four bolts. Slide exhibits magnetic properties that can activate guide mounted security sensors. Accepts all industry padlocks, including 7/16 inch (11 mm) diameter shanks. Provisions for cylinder lock included.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Side Room Requirements: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>To Outside of Bracket Leg (both ends): 3-1/2 inches (89 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>To End of Axle (both ends) 3-1/2 inches (89 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Head Room Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Opening Height:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Through 7 ft 4 inches (2.235 m):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Vertical Headroom: 15-1/2 inches (394 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Horizontal Headroom: 17 inches (432 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Over 7 ft 4 inches (2.235 m) to 8 ft 8 inches (2.642 m):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Vertical Headroom: 16 inches (406 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Horizontal Headroom: 17-1/2 inches (444 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Over 8 ft 8 inches (2.642 m) to 10 ft (3.048 m):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Vertical Headroom: 17 inches (432 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Horizontal Headroom: 18-1/2 inches (470 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Non-galvanized surfaces, excluding axle tube, to consist of shop coat of rust inhibitor primer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Continuous Corrugated Rolling Steel Sheet Doors: Model 282 Mini/Self-Storage Insulated Sheet Doors as manufactured by ASTA AMERICA.</w:t>
-[...13 lines deleted...]
-        <w:t>Operation: Rope pull.</w:t>
+        <w:t>Continuous Sheet Rolling Door, Model 283/284 as manufactured by ASTA AMERICA. Available in sizes up to 10 x 12 ft (3.048 x 3.658 m). Interior or exterior face mounted on a prepared jamb on steel, concrete or filled block surface.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Curtain:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Sheet: 26 gauge ASTM A653-G60 galvanized Grade 80 full hard steel roll formed in continuous corrugation. Finished with baked epoxy primer and baked polyester topcoat.</w:t>
-[...97 lines deleted...]
-        <w:t>Guides: Roll formed 18 gauge galvanized steel channels, 2 inches (51 mm) deep with dual guide wear strip.</w:t>
+        <w:t>Sheets: Continuous 20 inch (508 mm) corrugated sheets roll formed from 26 ga. ASTM A653 Grade 80 full hard steel and lock seamed together. Reinforced with 11 gauge wind locks spaced on alternating corrugations and attached with rivets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Galvanized and pre-painted with Super Durable Polyester paint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guarantee: 40 year film integrity warranty to not crack, peel, flake, split, delaminate, or blister. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Additional Guarantee: Up to 25 years against fading or changing color based on color chosen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bar: Roll formed clear acrylic coated galvanized steel reinforced with a 2 x 1-1/2 inch (51 x 38 mm) x 12 gauge galvanized angle that extends fully into the guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>1-1/2 inches (38 mm) wide nylon strips attached on each end of the front of the curtain to control stretch and reduce wear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Wind locks: Made of 11 gauge galvanized steel spaced every other corrugation through 12 ft (3.658 m) opening widths. Excludes seamed corrugation for all widths.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Weatherstripping: Black PVC bulb-type astragal affixed to the bottom bar assembly provides positive contact with the floor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** The remaining items are optional. Delete what is not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Side draft stop attaching to guide with steel angle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Black flexible neoprene top draft stop with 2 inch (51 mm) lip attached to curtain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>4 inch (102 mm) Header seal attached to header jamb.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assembly: Galvanized coil steel fabricated in a 9-1/2 inch(241 mm) diameter spiral formation to enclose spring counterbalance system and provide full span curtain weight support. Attached galvanized drums are furnished with grease-filled, shielded radial ball bearings at rotating points around the axle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spring Counterbalance: Factory lubricated, oil tempered, helical torsion springs located inside the barrel and made of wire conforming to ASTM A229. Springs are attached to the steel axle tube by means of a welded spring clip. Axle tube provided is sufficient size to carry curtain load and spring torque.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spring Cycle: Life: 15,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Support Brackets: Galvanized and reinforced one-piece 12 gauge formed steel brackets are factory installed to the door assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spring Tensioner: Left end external mounted ratchet tensioner device allows for field adjustment of spring tension on all springs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Assembly: Universal mounted guides roll formed from 16 gauge galvanized steel and fitted with jamb leg wear strips. 2-1/4 inch (57 mm) guide depth furnished for sufficient curtain engagement. Removable galvanized door stop at top of each guide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hand operated with No. 6 Angola rope attaching to the bottom bar assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** The electric operator is optional. Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Internal right hand drive electric operator; furnished by vendor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking Mechanism: Single yellow zinc or optional stainless steel mini latch factory installed on right side of door (outside looking in) with four bolts. Slide exhibits magnetic properties that can activate guide mounted security sensors. Accepts all industry padlocks, including 7/16 inch (11 mm) diameter shanks. Provisions for cylinder lock included.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** The hood is optional. Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hood: Fabricated from 20 ga steel and reinforced with end caps and roll formed edges. Manufactured square.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Side Room Requirements: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Without Windlock/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide: 2-1/4 inch (57 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>To Outside of Bracket Leg (both ends): 3-3/8 inches (86 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>To End of Axle (both ends) 3-1/4 inches (83 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: With Windlock/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide: 2-7/8 inch (73 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Outside of Bracket Leg: 4-1/8 inches (105 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Each End of Axle: 4 inches (102 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Head Room Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Opening Height:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Through 7 ft 4 inches (2.235 m):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Vertical Headroom: 15-1/2 inches (394 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Horizontal Headroom: 17 inches (432 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Over 7 ft 4 inches (2.235 m) to 8 ft 8 inches (2.642 m):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Vertical Headroom: 16 inches (406 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Horizontal Headroom: 17-1/2 inches (445 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Over 8 ft 8 inches (2.642 m) to 10 ft (3.048 m):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Vertical Headroom: 17 inches (432 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Horizontal Headroom: 18-1/4 inches (464 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Non-galvanized surfaces, excluding axle tube, to consist of shop coat of rust inhibitor primer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>COMMERCIAL ROLLING STEEL SERVICE DOORS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Continuous Corrugated Rolling Steel Sheet Doors: Model 283 Mini/Self-Storage Windlock Sheet Doors as manufactured by ASTA AMERICA.</w:t>
-[...13 lines deleted...]
-        <w:t>Operation: Rope pull.</w:t>
+        <w:t>Commercial Rolling Steel Service Doors: 300 Series as manufactured by ASTA AMERICA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model and size limitation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t> ** NOTE TO SPECIFIER ** Delete models not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Product: Model 324 Commercial Slat Door/24 Gauge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Slats (WxH): 24-gauge, 16 x 16 ft ( mm) maximum size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Product: Model 322 Commercial Slat Door/22 Gauge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Slats (WxH): 22-gauge, 12 x 12 ft ( mm) maximum size.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete operations not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Reduction gear chain hoist with lock bracket; hand chain shall be galvanized machine link, pull not to exceed 35 lbs (156 N).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Chain Thru Wall: Chain hoist operated through the wall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Electric Operator: Electric motor with emergency manual machine link hand chain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Motor Thru Wall: Electric motor operated through the wall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete mounting not required. Interior face is standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Interior face mounted on a prepared opening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Exterior Outside mount; curtain assembled inverted upside down.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Curtain:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
-[...96 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete slat type not required. Vision Lite Rolling Steel Door Model 400 must have flat slats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Flat Slat: Flat shaped cold roll-formed in continuous lengths of 2-5/8 x 5/8 inch (67 x 16 mm). ASTM A653-G60 galvanized steel. Finished with baked epoxy primer and baked polyester topcoat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curved Slat: Curved shaped cold roll-formed in continuous lengths of 2-13/16 x 3/4 inch (71 x 19 mm) ASTM A653-G60 galvanized steel. Finished with baked epoxy primer and baked polyester topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Nylon Endlocks: Ends of alternate slats be fitted with nylon endlocks providing a wearing surface in guides and to maintain slat alignment. Fastened with 1/4-inch (6 mm) rivets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Consult manufacturer for approved door sizes for higher windloads.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload: 20 psf (0.96 kpa) or 87 mph (140 kph) or 87 mph (140 kph). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Certified doors available in flat slat only. Windload ratings are based on 16 foot (4877 mm) wide test door. Higher ratings provided on doors that are less than 16 feet (4877 mm) wide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload: +40 / -37 psf on 24-gauge slats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload: + 41.4/- 38.4 psf on 22-gauge slats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete bottom bar not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bar: 2 x 1-1/2 inch (52 x 38 mm) x 12-gauge galvanized steel angle fastened to aluminum retainer with bulb astragal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Sloped bottom bar is optional. Retain paragraph above and delete sloped bottom bar if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sloped Bottom Bar: Conforming to slope in finished floor, as indicated on Drawings; maximum 6 inch (30 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Drum Assembly:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Drum/Axle Assembly. 26 gauge 12 inch (305 mm) diameter galvanized steel spiral torque tube attached to 16-gauge galvanized drums with ball bearings, supported by 1-5/16 inch (33 mm) O.D. steel tube. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete door size not required for torque tube.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Torque Tube for Doors up to 12 Feet (3658 mm) Wide: 26-gauge galvanized steel sheet rolled around and attached to stamped 16-gauge galvanized steel drums to restrict deflection to 0.03 inch per foot (2.5 mm per meter) of door width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springs: Oil tempered, grease packed helical torsion type with 12,500 cycles. Mounted on 1-5/16-inch (38 mm) Schedule 80 black steel pipe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Drum Bearings: Self-lubricating ball bearings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Support Brackets: 3/16 inch (5 mm) thick steel angles and 1/4 inch (6 mm) thick steel diagonal brace welded in a triangular form to support ends of drum assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete guide assembly not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Assembly: Roll formed 12 gauge galvanized steel channels, 3-1/2 inches (64 mm) deep per side.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload Certified Guide Assembly: 3-piece structural steel windlock guides. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete optional weatherseals if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Weatherseals: Header Seals. Top draft stop; EPDM weatherseal riveted to curtain and seals against header, or header seal 6-1/4 inch (159 mm), mounted to header. Either to be field installed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Weatherseals: Guide Seals. Aluminum retainer with brush seal fastened to jamb on non-coil side. Field installed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete finish options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Galvanized Steel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Gray topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: White topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Tan topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Ungalvanized surfaces. Shop coated with rust reducing black prime paint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Powder Coat RAL No. ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hand Chain Lock: Lockable bracket, mounted on guide angle or wall, to accept padlock, by others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Lock: Hardened galvanized steel slide bolts attached to bottom angle suitable for padlocking. Padlock by others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>COMMERCIAL ROLLING STEEL SERVICE DOORS</w:t>
+        <w:t>STANDARD ROLLING STEEL SERVICE DOORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Coordinate the following specifications with selected rolling steel door models below. See manufacturer's literature.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Commercial Rolling Steel Service Doors: 300 Series as manufactured by ASTA AMERICA.</w:t>
+        <w:t>Rolling Steel Service Doors: 400 Series as manufactured by ASTA AMERICA.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t>Model and Size Limitations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Larger sizes are available, contract customer service for details. Delete options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 424: 24 gauge in flat or curved slat up to (WxH): 20 x 16 ft (6.1 x 4.88 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 422: 22 gauge in flat or curved slat up to (WxH): 24 x 24 ft (7.32 x 7.32 m). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 420: 20 gauge in flat or curved slat up to (WxH): 26 x 26 ft (7.92 x 7.92 m) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 420: 20 gauge in flat or curved slat up to (WxH): 40 x 14 ft (12.19 x 4.27 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 418: 18 gauge in flat or curved slat up to (WxH): 30 x 30 ft (9.14 x 9.14 m)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 418: 18 gauge in flat or curved slat up to (WxH): 44 x 18 ft (13.41 x 5.49 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete models not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Reduced drive chain hoist is standard. Delete operation options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Reduced Drive Chain Hoist: Roller chains and sprockets; hand chain galvanized machine link. Pull: Not to exceed 35 lbs (156 N).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Chain Thru Wall: Chain hoist operated through the wall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Electric Operator: Electric motor with emergency manual machine link hand chain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Crank: Crank operated at waist height.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Motor through Wall: Electric motor operated through the wall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete mounting not required. Interior face is standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Interior face mounted on a prepared opening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Outside mount: Curtain shall be assembled inverted upside down for exterior mounting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Between jamb, under lintel; fascia required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Between jamb, face of wall mounted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete slat design not required. Vision Lite Rolling Steel Door Model 400 must have flat slats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Flat Slat: Slats shall be flat shaped cold roll-formed in continuous lengths of2-5/8 x 5/8 inch (66.68 x 15.88 mm) galvanized steel. Galvanized according to ASTM A653-G90 and finished with baked epoxy primer and/or baked polyester topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curved Slat: Curved shape cold roll formed in continuous lengths of 2-13/16 x 3/4 inch (71 x 19 mm) galvanized steel. Galvanized according to ASTM A653-G90 and finished with baked epoxy primer and baked polyester topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Endlocks: Ends of alternate slats fitted with malleable iron endlocks providing a wearing surface in the guides and to maintain slat alignment. Fastened with 1/4-inch (6 mm) rivets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Consult manufacturer for approved door sizes for higher windloads.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload: 20 psf or 90 mph. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload Certified Flat Slat Profile: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Flat slat in 24, 22, 20 or 18 gauge up to 32 ft ( mm) wide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(WxH): 16 x 30 ft: +55 / -60 psf. Higher windloads for smaller doors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(WxH): 24 x 30 ft ( mm) flat slat: +28.8 / -31.5 psf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(WxH): 32 x 30 ft ( mm) flat slat: +18.4 / -20.2 psf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload Certified Curved Slat Profile: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curved slat in 24, 22, 20 or 18 gauge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(WxH): 16 x 21 ft ( mm), 24 gauge: +31 / -31 psf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(WxH): 24 x 21 ft ( mm), 24 gauge: +16 / -16 psf </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete bottom bar option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom bar: Curtain to be reinforced with a bottom bar consisting of two steel angles bolted back-to-back with bottom astragal, painted black (powder coat optional).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sloped Bottom Bar: conforming to slope in finished floor, as indicated on the Drawings, maximum 6 inch (30 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel: Steel pipe of diameter and wall thickness to restrict maximum deflection to 0.03 inch per foot (2.5 mm per meter) of door width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springs: Oil tempered, grease packed helical torsion type designed to cycle 25,000 times. Springs are to be mounted on a cold rolled steel inner shaft. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>High Cycle Springs: 50,000 or 100,000 cycle springs optional for 22, 20 and 18 gauge slats (not available on 24 gauge slats). Cycle counter required for warranty. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>End Bearings: Self-lubricating ball bearings or oil impregnated bronze bushings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete spring design not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bracket Plates: 1/4 inch (6 mm) minimum thickness steel plates that enclose ends of barrel assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Drive End Bracket Plate: Fitted with a self-aligning sealed ball bearing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Wall Angles: 3/16 inch (5 mm) minimum structural steel angles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides: 3/16 inch (5 mm), minimum, structural steel angle guides with removable head stops and 30 inch (762 mm) service cut out.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete optional weatherseal if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Weatherseal: Non-coil side shall be vinyl weather seal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hood: 24-gauge galvanized steel with baked epoxy primer and/or baked polyester topcoat; provide 1/4-inch (6 mm) steel support brackets for doors over 16 feet (4877 mm) wide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete optional hood baffle if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hood Baffle: 8 inch (203 mm) PVC baffle riveted to inside of hood.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Slats and Hoods Finish: Hot-dipped galvanized, per ASTM A 653, with baked on epoxy primer and polyester finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete topcoat options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Satin white.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Gray. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Tan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Galvanized. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Powder Coat RAL No. ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hand Chain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Lock: Lockable bracket, mounted on guide angle or wall, to accept padlock, by others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete lock option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Slide Bolt Lock: Hardened galvanized steel slide bolts attached to bottom angle suitable for padlocking, padlock by others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Cylinder locks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Vision Lite:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Slats: 22-gauge flat slat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Vision Lites: Flat slats with vision lites having vent cutouts (WxH) 5 x 7/8 inch (127 x 22 mm), spaced typically 3 inches (76 mm) apart and covered with clear Lexan polycarbonate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>HIGH PERFORMANCE ROLLING STEEL SERVICE DOORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>High Performance Rolling Steel Service Doors: 400HP Series as manufactured by ASTA AMERICA. High Performance Direct (SecureDrive) Electric motor operation-chain hoist with manual override. To be face mounted on a prepared opening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Slats: Galvanized steel cold roll formed in continuous lengths.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Galvanized according to A.S.T.M. A653-G90.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 422HP-22 gauge in flat slat up to 14 ft (4.267 m) wide x 20 ft (6.096 m) high.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Flat Slat: 2-5/8 x 5/8 inches (67 x 16 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish Type: Baked epoxy primer and/or baked polyester topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Finish: Satin White Topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Finish: Gray Topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Finish: Tan Topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Finish: Galvanized in 22 gauge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Finish: Stainless Steel No. 4 Finish</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Finish: Powder Coat Optional Ral. No. ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Endlocks: Each end of alternate slats to be fitted with nylon endlocks to maintain slat alignment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bar: Curtain to be reinforced with a bottom bar consisting of two steel angles bolted back-to-back with bottom astragal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Powder coated black.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assembly: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel: Steel pipe. The diameter and wall thickness to restrict maximum deflection to .03 inches per foot (2.5 mm per m) of door width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springless Barrel: System to operate without a spring counterbalance assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bracket Plates: 1/4 inch (6.35 mm) minimum thickness steel plate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Self-aligning sealed ball bearings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Welded steel provisions for hood mount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: High Performance Direct (SecureDrive) Motor with manual chain hoist override. Sprocket and roller chain not applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>SecureDrive Motor Operator and Controls: Continuous duty cycle. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete voltage and phase options not required. Other voltages available upon request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Voltage and Phase: 115/230 V 1 ph, 50/60 Hz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Voltage and Phase: 208/230 V 1 ph, 50/60 Hz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Voltage and Phase: 230/460 V 3 ph, 50/60 Hz. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Voltage and Phase: ________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>SecureDrive Motor Operator to Include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Motor brake: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete dynamic braking if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Dynamic braking thru timed energized solenoid actuation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Emergency chain hoist operation with integrated electronic interlock</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Inherent overload protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Performance Level Recommended by Manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Door Travel Speed: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Opening: Not to exceed 24 inches (610 mm) per second.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Closing: Not to exceed 12 inches (305 mm) per second.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>SecureDrive Motor Operator: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete cycles option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Exceed 400,000 cycles of operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Exceed 600,000 cycles of operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Controller: Variable Frequency Drive (VFD) for soft-start/soft-stop with optimal inverter. Not Acceptable: Controller without VFD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>NEMA 4X Wall Mounted Interface Control Panel: Plug in play programmable logic board connections for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Encoder and brake assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Entrapment protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>All ancillary connections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>LED Display Readout:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Start Up menu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Electronic limit quick set up (non-mechanical).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Diagnostics (communication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Door positioning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Error codes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Non-resettable cycle counter-continuous display.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Programmable Dry Contact Inputs and Outputs:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Normally Closed (NC) and Normally Open (NO).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Overload and Current Protection: Class II Control Circuits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Entrapment Protection: UL325 R5 compliant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Photo Eye Sensors: NEMA rated. A transmitter and receiver mounted within 6 inches (152 mm) of the floor, projects an IR beam across the opening width. Beam disruption while door is closing stops downward travel and reverses in the opening direction until it reaches the pre-set open position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Light Curtains, 3 or 6 ft (0.914 x 1.829 m): NEMA rated. Transmission and receiving units mounted within 6 inches (152 mm) from the floor, projecting multiple IR beams across the opening width. Beam disruption while door is closing stops downward travel and reverses in the opening direction until it reaches the pre-set open position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Control and Drive Systems Options</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>High Performance SecureDrive is compatible with NC and NO dry contacts from the devices listed but not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Loop detectors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>RFID readers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Motion sensors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sensing devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Annunciators.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Interlocking systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>LED R/G IP68 Traffic Light Kit: 3 ft. (0.914 m) for mounting per application requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Wire directly into SecureDrive inputs or optional external power supply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Standard Functionality: Solid red when door is in the closed position and during door operation (Optional Red flashing functionality available when door is in motion). Solid Green when door is in pre-set fully open position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Assembly:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Wall Angles: 3/16 inches (4.76 mm) thick structural steel angles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides: Structural steel angles 3/16 inches (4.76 mm) thick with removable headstops.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Depth: Provide slat penetration adequate to maximize performance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** The weather seal is optional. Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Weather Seal: optional non-coil side to be vinyl weather seal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hoods: 24 ga. galvanized steel. Finish: Baked on epoxy primer and polyester finish coat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Reinforcing: 1/4 inch (6.35 mm) thick steel brackets for doors over 13 ft 4 inches (4.877 mm) wide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Hand Chain Lock: Lockable bracket, mounted on guide angle or wall, suitable for padlocking; padlock by others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish for Ungalvanized Surfaces: Powder coated black prime paint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>INSULATED ROLLING STEEL SERVICE DOORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Coordinate the following specifications with selected insulated slat door models below. See manufacturer's literature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulated Rolling Steel Service Doors: 600 Series as manufactured by ASTA AMERICA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t>Model and size limitation. </w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>NOTE TO SPECIFIER ** Delete models not required. For larger sizes not listed, please contact customer service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 624: FIP 24/24 ga (WxH) 24 x 16 ft (7.32 x 14.88 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 622: FIP 22/24 ga (WxH) up to 24 x 16 ft (7.32 x 4.88 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 620: FIP 20/24 ga (WxH) up to 26 x 26 ft (7.92 x 7.92 m) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 618: FIP 18/24 ga (WxH) up to 26 x 26 ft (7.92 x 7.92 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t> ** NOTE TO SPECIFIER ** Delete models not required.</w:t>
-[...69 lines deleted...]
-        <w:t>Operation:</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete operations not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Chain Hoist: Drive shall consist of roller chains and sprockets; hand chain shall be fabricated from galvanized machine link, pull not to exceed 35 lbs (156 N).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Chain Thru Wall: Chain hoist operated through the wall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Electric Operator: Electric motor with emergency manual machine link hand chain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Crank: Crank operator mounted at waist height.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Motor Through Wall: Electric motor operated through wall.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete operations not required.</w:t>
-[...55 lines deleted...]
-        <w:t>Motor Thru Wall: Electric motor operated through the wall.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete mountings not required. Interior face is standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Interior face mounted on a prepared opening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Outside mount; curtain shall be assembled inverted upside down for exterior mounting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Between jambs under lintel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Between jambs face of wall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Slats: Flat continuous length cold roll-formed ASTM A653-G90 galvanized steel slats on front and back of curtain, 2-5/8 x 5/8 inch (67 by 16 mm). Finished with baked epoxy primer and baked polyester topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulation: 3/4 inch (19.05 mm) Foamed in place urethane (FIP) with an efficiency ' R' rating of 7.2 and 'U' rating of 0.139.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Endlocks: Ends of alternate slats fitted with malleable iron endlocks providing a wearing surface in the guides and to maintain slat alignment. Fastened with 1/4-inch (6 mm) rivets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete mounting not required. Interior face is standard.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Consult manufacturer for approved door sizes for higher windloads.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload: 20 psf. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload Certified Flat Slat Profile: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Flat slat: 24, 22, 20 or 18 gauge up to 32 ft (9.75 m) wide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(WxH): 16 x 40 ft (4.88 x 9.14 m); +55 / -60 psf. Higher windloads for smaller doors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(WxH): 24 x 30 ft (7.32 x 9.14 m); +28.8 / -31.5 psf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(WxH): 32 x 30 ft (9.75 x 9.14 m); +18.4 / -20.2 psf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete bottom bar and finish options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom bar: Curtain reinforced with a bottom bar consisting of two steel angles bolted back-to-back with bottom astragal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Painted black.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Powder coat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sloped Bottom Bar: Conforming to slope in finished floor, as indicated on Drawings, maximum 6 inch (30 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete vision lite option if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Vision Lites: 5 inch (127 mm) x 3/4 inch (19.05 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assembly:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel: Steel pipe of diameter and wall thickness to restrict maximum deflection to 0.03 inch per foot (2.5 mm per meter) of door width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springs: Oil tempered, grease packed helical torsion type designed to cycle 25,000 times. Mount springs on a cold rolled steel inner shaft. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** High cycle springs are optional Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>High Cycle Springs: 50,000 or 100,000 cycle springs. Cycle counter required for warranty. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete end bearing design not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>End Bearings: Self-lubricating ball bearings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>End Bearings: Oil impregnated bronze bushings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bracket Plates: 1/4 inch (6.35 mm) minimum thickness steel plates that enclose ends of barrel assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Drive End Bracket Plate: Fitted with a self-aligning sealed ball bearing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Wall Angles. 3/16 inch (4.76 mm) minimum structural steel angles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides: 3/16 inch (4.76 mm), minimum, structural steel angle guides with removable head stops.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Weatherseal: Non-coil side shall be vinyl weather seal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete optional retainer if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Aluminum retainer with brush seal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** The Air Infiltration Kit is optional. Delete if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Air Infiltration Kit: Meets ASHRAE 90.1 and IECC 2022 air infiltration requirements with an independently tested value of less than 0.4 cfm per sqft and 1.0 cfm per sqft , respectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hood: 24 gauge galvanized steel with baked epoxy primer and baked polyester top coat; provide 1/4 inch (6.35 mm) steel support brackets for doors over 16 feet (4877 mm) wide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hood Baffle: 8 inch (203 mm) PVC baffle riveted to inside of hood.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Slats and Hoods Finish: Hot-dipped galvanized, per ASTM A 653, with baked on epoxy primer and polyester finish. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete topcoat options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Satin white.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Gray. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Tan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Galvanized. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Powder Coat RAL No. ______.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Lock: Lockable bracket, mounted on guide angle or wall, to accept padlock, by others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete type option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Slide bolt locks. Hardened galvanized steel slide bolts attached to bottom angle suitable for padlocking, padlock by others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Cylinder locks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ROLLING STEEL FIRE DOORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Rolling Steel Fire Doors: Series 500 as manufactured by ASTA AMERICA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Sizes cannot exceedsqft (55.74 sq m). Not available in curved slats. Delete model options not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 522: Flat Slat 22 ga chain hoist. Size: 256 sqft (23.8 sq m) maximum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 520: Flat Slat 20 ga chain hoist. Size: 256 sqft (23.8 sq m) maximum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 518: Flat Slat 18 ga chain hoist. Size: 256 sqft (23.8 sq m) maximum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 522: Flat Slat 22 ga motor. (WxH): 18 x 24 ft (5.45 x 7.32 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 520: Flat Slat 20 ga motor. (WxH): 24 x 24 ft (7.32 x 7.32 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** 4 hour fire rating applies to Model 518 only. Delete fire rating not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: As scheduled and indicated on Drawings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 45 minutes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 1-1/2 hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 3 hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 4 hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete operation not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Chain hoist.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Chain hoist keeper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Motor operation, with test feature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Interior. Face mounted on a prepared opening or between jamb mount application under lintel (fascia required) or between jamb face of wall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain: Flat Slat. Flat shaped cold roll-formed in continuous lengths of 2-5/8 x 5/8 inch (67 x 16 mm) galvanized steel. Galvanized to ASTM A653-G90. Finished with baked epoxy primer and/or baked polyester topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete optional bottom bar if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bars: Fabricated from two steel angles bolted back to back. Tubular bottom astragal standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assemblies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrels: Minimum 4-1/2 inches (114 mm) O.D. pipe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Deflection Under Full Load: 0.03 (0.76 mm) per ft of span, max.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel provided with threaded rings or lugs welded to the barrel assembly for curtain attachment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springs: Tension assembly supported within barrel by precision ball bearings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Head Plates: For mounting curtain, hood, and barrel assemblies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Construction: Minimum 1/4 inch (6.4 mm) steel plates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Drive Side of Barrel: With precision sealed ball bearing in cast iron housing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Releases: Closing speed regulated by viscous governor. Closing speed to be between 6 to 24 inches (152 to 610 mm) per second per NFPA 80.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Type 165 degrees fusible links are standard with chain hoist option. Delete type options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Standard, 165-degree fusible links provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Fail-safe time delay releases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Smoke detectors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Audible warning devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Visual warning devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides Assemblies: Guide angles include curtain stops and flared guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Construction: Three structural steel angles, minimum 3/16 inch (4.8 mm) bolted together to form guide channel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete finishes not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Hot dipped galvanized guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Cold sprayed galvanized guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Powder coat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hoods: Fabricated from minimum 24 gauge galvanized steel sheet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Shaped to fit within the headplates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Intermediate hood supports furnished as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finishes: Curtain Slats and Hoods.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hot-dipped galvanized, per ASTM A653.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete finish options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Baked on epoxy primer and polyester finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Satin White.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Gray. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Tan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Powder Coat RAL No. ______.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Galvanized. No other finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locks: None (not available on fire door)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides and Headplates Finish:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete guides and headplates finishes not required. Painted black is standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Shop painted black.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hot dipped galvanized. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Powder coat optional. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bars Finish: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete bottom bar finishes not required. Painted black is standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Shop painted black.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hot dipped galvanized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Powder coat optional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>INSULATED ROLLING STEEL FIRE DOORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulated Rolling Steel Fire Doors: Series 500i as manufactured by ASTA AMERICA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Sizes cannot exceed 600 sqft (55.74 sq m) in Model 518. Not available in curved slats. Delete model options not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 522i: Flat Slat 22 ga chain hoist. Size: 128 sqft (11.9 sq m) maximum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 520i: Flat Slat 20 ga chain hoist. Size: 128 sqft (11.9 sq m) maximum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 518i: Flat Slat 18 ga chain hoist. Size: 128 sqft (11.9 sq m) maximum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 522i: Flat Slat 22 ga motor. (WxH): 18 x 24 ft (5.45 x 7.32 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 520i: Flat Slat 20 ga motor. (WxH): 24 x 24 ft (7.32 x 7.32 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 518i: Flat Slat 20 ga motor. (WxH): 30 x 20 ft (9.14 x 6.1 m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** 4 hour fire rating applies to Model 518i only. Delete fire rating not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: As scheduled and indicated on Drawings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 45 minutes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 1-1/2 hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 3 hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 4 hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete operation not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Chain hoist.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Chain hoist keeper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Motor operation, with test feature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete mounting not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Interior. Face mounted on a prepared opening or between jamb mount application under lintel (fascia required) or between jamb face of wall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Exterior. Curtain is to be assembled inverted upside down for exterior mounting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain: Flat Slat: Slats shall be flat shaped cold roll-formed in continuous lengths of 2-5/8 x 5/8 inch (67 x 16 mm) galvanized steel. Galvanized according to ASTM A653-G90 and finished with baked epoxy primer and/or baked polyester topcoat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulation: Mineral wool (thermal).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete bottom bar if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bars: Fabricated from two steel angles bolted back to back. Tubular bottom astragal standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assemblies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrels: Minimum 4-1/2 inches (114 mm) O.D. pipe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Deflection Under Full Load: 0.03 (0.76 mm) per ft of span, max.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel provided with threaded rings or lugs welded to the barrel assembly for curtain attachment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springs: Tension assembly supported within barrel by precision ball bearings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Head Plates: For mounting curtain, hood, and barrel assemblies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Construction: Minimum 1/4 inch (6.4 mm) steel plates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Drive Side of Barrel: With precision sealed ball bearing in cast iron housing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Releases: Closing speed regulated by viscous governor. Closing speed to be between 6 to 24 inches (152 to 610 mm) per second per NFPA 80.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Type 165-degrees fusible links are standard. Delete type options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Standard, 165-degree fusible links provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Fail-safe time delay releases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Smoke detectors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Audible warning devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Visual warning devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides Assemblies: Guide angles include curtain stops and flared guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Construction: Three structural steel angles, minimum 3/16 inch (4.8 mm) bolted together to form guide channel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete finishes not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Hot dipped galvanized guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Cold sprayed galvanized guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Powder Coat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hoods: Fabricated from minimum 24 gauge galvanized steel sheet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Shaped to fit within the headplates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Intermediate hood supports furnished as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finishes: Curtain Slats and Hoods Finish: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hot-dipped galvanized, per ASTM A653. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete finish options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Baked on epoxy primer and polyester finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Satin White.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Gray. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Tan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Topcoat: Powder Coat RAL No. ______.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: Galvanized. No other finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locks: None (not available on fire door).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides and Headplates Finish:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete guides and headplates finishes not required. Painted black is standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Shop painted black.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hot dipped galvanized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Powder coat optional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bars Finish: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete bottom bar finishes not required. Painted black is standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Shop painted black.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hot dipped galvanized. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Powder coat optional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ROLLING STEEL FIRE SHUTTERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Rolling Steel Fire Shutters: Series 550 Series as manufactured by ASTA AMERICA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 550 22 gauge curtain (WxH) 12 x 8 ft (3.05 x 2.44 m) high.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete fire rating not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: As scheduled and indicated on Drawings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 45 minutes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Fire Rating: 1-1/2 hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete operation option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Manual push-up operation standard through ten feet wide. Awning cranks are available for all sizes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Mounting: Interior face mounted on a prepared opening.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Mounting: Exterior Outside mount; curtain assembled inverted upside down.</w:t>
-[...13 lines deleted...]
-        <w:t>Curtain:</w:t>
+        <w:t>Releases: Closing speed regulated by viscous governor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Compliance: Closing speed to be between 6 inches to 24 inches (152 mm to 610 mm) per second per NFPA 80.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete slat type not required. Vision Lite Rolling Steel Door Model 400 must have flat slats.</w:t>
-[...41 lines deleted...]
-        <w:t>Nylon Endlocks: Ends of alternate slats be fitted with nylon endlocks providing a wearing surface in guides and to maintain slat alignment. Fastened with 1/4-inch (6 mm) rivets.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete type if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Standard, 165-degree fusible links provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Provide optional fail-safe time delay releases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Provide optional smoke detectors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Provide optional audible warning devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Type: Provide optional visual warning devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides: Boxed shaped guides fabricated from 11 gauge steel or No. 4 polished stainless steel with integral bell mouths and curtain stops.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hood: Fabricated from minimum 24 gauge galvanized steel sheet shaped to fit within the headplates. Intermediate hood supports furnished as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Manual push-up doors furnished with interior slide bolts locks with padlock provision standard.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Consult manufacturer for approved door sizes for higher windloads.</w:t>
-[...27 lines deleted...]
-        <w:t>Certified doors available in flat slat only. Windload ratings are based on 16 foot (4877 mm) wide test door. Higher ratings provided on doors that are less than 16 feet (4877 mm) wide.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Bottom bars are options. Hot-dipped galvanized steel bottom bars are standard. Delete bottom bar option if not required or delete both.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bars: Hot-dipped galvanized steel angles bolted to curtains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bars: Stainless steel angles bolted to curtains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assemblies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel: 4-1/2 inches (114 mm) O.D. pipe minimum.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Windload: +40 / -37 psf on 24-gauge slats.</w:t>
+        <w:t>Deflection Under Full Load: Less than 0.03 inch (0.76 mm) per ft of span.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Windload: + 41.4/- 38.4 psf on 22-gauge slats.</w:t>
+        <w:t>Threaded rings or lugs welded to barrel assembly for curtain attachment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springs: Spring tension end of barrel assembly fabricated with self-aligning ball bearing assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain weight counterbalanced by oil-tempered, helically wound torsion springs, greased packed and mounted on steel torsion shaft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Head Plates: For mounting curtain, hood and barrel assemblies fabricated from minimum 1/4 inch (6.4 mm) steel plate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Drive side of barrel to be provided with precision sealed ball bearing in cast iron housing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finishes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Slats and Hoods Finish: Hot-dipped galvanized, per ASTM A 653, with baked on epoxy primer and powder coating.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete bottom bar not required.</w:t>
-[...13 lines deleted...]
-        <w:t>Bottom Bar: 2 x 1-1/2 inch (52 x 38 mm) x 12-gauge galvanized steel angle fastened to aluminum retainer with bulb astragal.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete guides and headplates finish option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides and Headplates Finish: Shop painted medium gloss black.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides and Headplates Finish: Powder coated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Shutter Curtains, Guides, Hoods, and Bottom bars: Stainless steel furnished No. 4 polished finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtains:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Interlocking Curtain Slats: Roll-formed from 22 gauge galvanized steel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Flat Slats: (FS) cover 1-1/2 inches high by 1/2 inch deep (39 mm by 13 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Lateral slat movement and curtain wear controlled by galvanized malleable cast endlocks fastened to every other slat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Sloped bottom bar is optional. Retain paragraph above and delete sloped bottom bar if not required.</w:t>
-[...41 lines deleted...]
-        <w:t>Drum/Axle Assembly. 26 gauge 12 inch (305 mm) diameter galvanized steel spiral torque tube attached to 16-gauge galvanized drums with ball bearings, supported by 1-5/16 inch (33 mm) O.D. steel tube. </w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ROLLING STEEL COUNTER SHUTTERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Rolling Steel Counter Shutters: 700 Series as manufactured by ASTA AMERICA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sizes available (WxH): Up to 14 x 8 ft (4.27 x 2.44 m) high.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete door size not required for torque tube.</w:t>
-[...55 lines deleted...]
-        <w:t>Support Brackets: 3/16 inch (5 mm) thick steel angles and 1/4 inch (6 mm) thick steel diagonal brace welded in a triangular form to support ends of drum assembly.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete model if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 722: Rolling Counter Shutter. 22 Gauge Painted Steel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 722A: Rolling Counter Shutter. Clear Anodized Aluminum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 722S: Rolling Counter Shutter. 22 Gauge Stainless Steel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete guide assembly not required.</w:t>
-[...27 lines deleted...]
-        <w:t>Windload Certified Guide Assembly: 3-piece structural steel windlock guides. </w:t>
+        <w:t>** NOTE TO SPECIFIER ** Manual push up operation is standard. Delete operation not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Manual push-up. Up to 10 ft-4 inches ( mm) wide, otherwise awning crank operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Reduced drive awning crank when manual lift standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Concealed tube motor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Interior face mounted on a prepared opening, between jamb under lintel, between face of wall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtains:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Slats / Endlocks: Lateral slat movement and curtain wear controlled by steel endlocks fastened to every other slat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Slat Profile (HxD): 1-1/2 by 1/2 inch (39 by 13 mm).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete optional weatherseals if not required.</w:t>
-[...27 lines deleted...]
-        <w:t>Weatherseals: Guide Seals. Aluminum retainer with brush seal fastened to jamb on non-coil side. Field installed.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete material options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Material: Extruded, interlocking aluminum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Material: Roll-formed, Interlocking 22 gauge steel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Material: No. 4 finish polished stainless steel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Dlete finish options not required.</w:t>
-[...111 lines deleted...]
-        <w:t>Curtain Lock: Hardened galvanized steel slide bolts attached to bottom angle suitable for padlocking. Padlock by others.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete bottom bar options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bar: Extruded aluminum angle bottom bar with astragal for aluminum and steel curtains </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bar: Tubular aluminum bottom bar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bar: Stainless steel angles with astragal standard for stainless curtains. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assemblies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrels: Fabricated from minimum 4-1/2 inch (114 mm) O.D. pipe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Deflection Under Full Load: Less than 0.03 inch (0.76 mm) per ft of span.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Attachment: Barrel provided with threaded rings or lugs welded to the barrel assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springs:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spring tension assembly supported within barrel by precision ball bearings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain weight counterbalanced by oil-tempered, helically wound torsion springs, grease packed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounted to steel torsion shaft with cast spring plug.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete assembly type if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Assembly Type: Standard spring assembly for 20,000 cycle life springs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Assembly Type: Provide optional higher cycle spring assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Head Plates:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Headplates for mounting curtain, hood and barrel assemblies fabricated from steel plates plate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Drive side of barrel to be provided with precision sealed ball bearing in cast iron housing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Assemblies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete guides not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides: Standard, extruded, clear anodized aluminum; box shaped two piece configurations with soft brush guide runners, bell mouths and travel stops.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides: For stainless steel shutters; box shaped, No. 4 polished stainless steel with integral bell mouths and curtain stops.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hoods: Minimum 24 gauge galvanized steel, aluminum or stainless steel sheet shaped to fit within the headplates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Intermediate hood supports furnished as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete locking options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Manual push-up doors; thumb turn lock and handle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Stainless steel shutters; stainless steel slide locks provided with stainless steel curtains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Cylinder locking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finishes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete options below according to materials not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Extruded Aluminum Curtains: Guides and bottom bar to be clear anodized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Extruded Aluminum Curtains: Guides and bottom bars, provide with optional powder coating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Steel Curtain Slats and Hoods: Hot-dipped galvanized per ASTM A 653 with baked on epoxy primer and polyester finish coat in grey and white.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Steel Curtain Slats and Hoods: Hot-dipped galvanized per ASTM A 653 with baked on epoxy primer and with optional powder coating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Stainless Steel Shutters: No. 4 polished finish curtain, guides, and bottom bar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete curtain slats and hoods finishes if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Painted Curtains: Furnished with clear anodized extruded aluminum boxed guides and bottom guide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>STANDARD ROLLING STEEL SERVICE DOORS</w:t>
+        <w:t>ROLLING STEEL GRILLES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Rolling Steel Grilles: 800 Series Lift Ready Rolling Grilles as manufactured by ASTA AMERICA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 800 (WxH): Available in 24 x 12.5 ft (8.88 x 4.88 m) high. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Coordinate the following specifications with selected rolling steel door models below. See manufacturer's literature.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete operation not required. Manual is standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Manual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Hand chain hoist. Galvanized machine link. Pull not to exceed 35 lbs (156 N).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: Motorized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete mounting not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Interior face mounted on a prepared opening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Mounting: Between jamb mounted on a prepared opening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain Assemblies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtains: 5/16 inch (8 mm) diameter extruded aluminum rods spaced 1-3/4 inches (39 mm) on center vertically by 1/8 x 5/8 x 4-1/4 inches (3 x 8 x 108 mm) aluminum links horizontally spaced 9 inches (229 mm) on center and covered by 1/2 inch (13 mm) aluminum spacer tubes on every other rod.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>End Links: Extruded aluminum end links spaced 1-3/4 inches (44.5 mm) o.c.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload: No windload.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bar: Tubular aluminum extrusion with PVC bulb astragal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assemblies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel: Aluminum with enclosed helical torsion spring, sized to grille weight with maximum deflection of 0.03 inch (0.76 mm) per ft of width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springs: Oil tempered, grease packed helical torsion type with grease sealed ball bearings or self-lubricating graphite bearings for rotating members, sized to designed to cycle 20,000 times; mounted on a cold rolled steel inner shaft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>End Bearing: Self-lubricating ball bearings or oil impregnated bronze bushings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bracket Plates: 3/8 inch (9.5 mm) thick by 15 inches (381 mm) front-loading off-set steel plate. Finish is grey metallic powder coat paint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Assemblies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Wall Angles: Face of wall mount or structural steel tubes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides: Extruded aluminum, 3 x 1-1/2 inches (76 x 39 mm) with shoulders for curtain retention fitted with vinyl stripping both sides of curtain and with removable headstops.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload: Does not satisfy any specified windloading.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete hoods options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hoods: Standard, none.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hoods: Provide optional hood, 26-gauge galvanized steel, baked epoxy primer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hoods: Provide optional hood, 26-gauge aluminum, baked epoxy primer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Reinforcing: 1/4 inch (6.35 mm) thick steel brackets for wider grilles when needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t> ** NOTE TO SPECIFIER ** Cylinder locking is standard. Delete locking option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Cylinder locking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Thumb turn locks. Require the rod protection pattern.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t> ** NOTE TO SPECIFIER ** Delete tube supports not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Tube Supports: Telescoping tubes, aluminum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Tube Supports: Telescoping tubes, unpainted steel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Tube Supports: Face of wall mount angles, aluminum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Tube Supports: Face of wall mount angles, unpainted steel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finishes: Clear anodized aluminum finish on curtains, bottom bars, and guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>HIGH PERFORMANCE ROLLING GRILLES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Rolling Steel Service Doors: 400 Series as manufactured by ASTA AMERICA.</w:t>
-[...13 lines deleted...]
-        <w:t>Model and Size Limitations:</w:t>
+        <w:t>High Performance Rolling Steel Service Grilles: 800HP Series as manufactured by ASTA AMERICA. High Performance Direct (SecureDrive) Electric motor operation-chain hoist with manual override. To be face mounted on a prepared opening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curtain: 5/16 inch (8 mm) diameter extruded aluminum rods space 1-3/4 inch (44 mm) on center vertically by 1 x 5/8 x 4-1/4 inch (25 x 16 x 108) aluminum links horizontally spaced 9 inches on center and covered by 1/2 inch (13 mm) aluminum spacer tubes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Model 800HP Aluminum Rolling Grille 24 ft (7.315 m) wide x 12 ft (3.658 m) high.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Straight pattern.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Brick pattern.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>End Links: Aluminum end links spaced 1-3/4 inch (44 mm) on center.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windload: No windload.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bottom Bar: Tubular aluminum extrusion with PVC bulb astragal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel Assembly: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Barrel: Steel pipe. The diameter and wall thickness to restrict maximum deflection to .03 inches per foot (2.5 mm per m) of door width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Springless Barrel: System to operate without a spring counterbalance assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Bracket Plates: 1/4 inch (6.35 mm) minimum thickness steel plate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Self-aligning sealed ball bearings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Welded steel provisions for hood mount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation: High Performance Direct (SecureDrive) Motor with manual chain hoist override. Sprocket and roller chain not applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>SecureDrive Motor Operator and Controls: Continuous duty cycle. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Larger sizes are available, contract customer service for details. Delete options not required.</w:t>
-[...83 lines deleted...]
-        <w:t>Model 418: 18 gauge in flat or curved slat up to (WxH): 44 x 18 ft (13.41 x 5.49 m).</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete voltage and phase options not required. Other voltages available upon request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Voltage and Phase: 115/230 V 1 ph, 50/60 Hz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Voltage and Phase: 208/230 V 1 ph, 50/60 Hz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Voltage and Phase: 230/460 V 3 ph, 50/60 Hz. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Voltage and Phase: ________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>SecureDrive Motor Operator to Include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Motor brake.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete models not required.</w:t>
-[...13 lines deleted...]
-        <w:t>Operation:</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete dynamic braking if not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Dynamic braking thru timed energized solenoid actuation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Emergency chain hoist operation with integrated electronic interlock.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Inherent overload protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Performance Level Recommended by Manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Door Travel Speed: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Opening: Not to exceed 24 inches (610 mm) per second.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Closing: Not to exceed 12 inches (305 mm) per second.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>SecureDrive Motor Operator: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Reduced drive chain hoist is standard. Delete operation options not required.</w:t>
-[...83 lines deleted...]
-        <w:t>Mounting:</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete cycles option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Exceed 400,000 cycles of operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub3"/>
+        <w:numPr>
+          <w:ilvl w:val="6"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Exceed 600,000 cycles of operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Controller: Variable Frequency Drive (VFD) for soft-start/soft-stop with optimal inverter. Not Acceptable: Controller without VFD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>NEMA 4X Wall Mounted Interface Control Panel: Plug in play programmable logic board connections for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Encoder and brake assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Entrapment protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>All ancillary connections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>LED Display Readout:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Start Up menu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Electronic limit quick set up (non-mechanical).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Diagnostics (communication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Door positioning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Error codes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Non-resettable cycle counter-continuous display.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Programmable Dry Contact Inputs and Outputs:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Normally Closed (NC) and Normally Open (NO).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Overload and Current Protection: Class II Control Circuits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Entrapment Protection: UL325 R5 compliant.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete mounting not required. Interior face is standard.</w:t>
-[...69 lines deleted...]
-        <w:t>Curtain:</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Photo Eye Sensors: NEMA rated. A transmitter and receiver mounted within 6 inches (152 mm) of the floor, projects an IR beam across the opening width. Beam disruption while door is closing stops downward travel and reverses in the opening direction until it reaches the pre-set open position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Light Curtains, 3 or 6 feet (0.914 to 1.829 m): NEMA rated. Transmission and receiving units mounted within 6 inches (152 mm) from the floor, projecting multiple IR beams across the opening width. Beam disruption while door is closing stops downward travel and reverses in the opening direction until it reaches the pre-set open position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Control and Drive Systems Options</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>High Performance SecureDrive is compatible with NC and NO dry contacts from the devices listed but not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Loop Detectors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>RFID Readers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Motion sensors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sensing devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Annunciators.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Interlocking systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>LED R/G IP68 Traffic Light Kit: 3 ft (0.914 m) for mounting per application requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Wire directly into SecureDrive inputs or optional external power supply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Standard Functionality: Solid red when door is in the closed position and during door operation (Optional Red flashing functionality available when door is in motion). Solid Green when door is in pre-set fully open position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Assembly:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Wall Angles: 3/16 inches (4.76 mm) thick structural steel angles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guides: Extruded aluminum, 3 x 1-1/2 inch (76 x 38 mm) with shoulders for curtain retention fitted with vinyl stripping on both sides of curtain with removable headstops.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Guide Depth: Provide curtain penetration adequate to maximize performance.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete slat design not required. Vision Lite Rolling Steel Door Model 400 must have flat slats.</w:t>
-[...41 lines deleted...]
-        <w:t>Endlocks: Ends of alternate slats fitted with malleable iron endlocks providing a wearing surface in the guides and to maintain slat alignment. Fastened with 1/4-inch (6 mm) rivets.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete hoods option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hoods: 24 ga. anodized aluminum. Color: Gray.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Hoods: 24 ga. anodized aluminum. Color: Clear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Reinforcing: 1/4 inch (6.35 mm) thick steel brackets for doors over 13 ft 4 inches (4877 mm) wide.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Locking: Hand Chain Lock: Lockable bracket, mounted on guide angle or wall, suitable for padlocking; padlock by others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish for Ungalvanized Surfaces: Powder coated black prime paint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Finish: For curtain, bottom bar, and guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Color: Clear anodized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Color: Black anodized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Color: Bronze anodized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Color: Light bronze anodized.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Color: Champagne anodized.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Consult manufacturer for approved door sizes for higher windloads.</w:t>
-[...586 lines deleted...]
-        <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete article if not required.</w:t>
-      </w:r>
-[...4718 lines deleted...]
-        <w:t>Finishes: Clear anodized aluminum finish on curtains, bottom bars and guides.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>EXECUTION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -11036,81 +14034,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_29582F"
+  Id="rId_00183A"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/astadoor.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_97B6D3_1"
+  Id="rId_049EC9_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=ASTA%252BAMERICA%252Bby%252BJanus%252BInternational&amp;message=RE%253A%2520Spec%2520Question%2520(08330adc)%253A%2520&amp;coid=30685&amp;spec=08330adc&amp;rep=&amp;fax=770-974-1455"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_97B6D3_2"
+  Id="rId_049EC9_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.astaamerica.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_97B6D3_3"
+  Id="rId_049EC9_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/asta-america-by-janus-international-30685"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_B7E31C_1"
+  Id="rId_1C9A10_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=ASTA%252BAMERICA%252Bby%252BJanus%252BInternational&amp;message=RE%253A%2520Spec%2520Question%2520(08330adc)%253A%2520&amp;coid=30685&amp;spec=08330adc&amp;rep=&amp;fax=770-974-1455"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_B7E31C_2"
+  Id="rId_1C9A10_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.astaamerica.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>