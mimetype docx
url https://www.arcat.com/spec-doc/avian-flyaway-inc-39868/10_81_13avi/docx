--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/avian_flyaway.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2743200" cy="904875"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_791945" descr="https://www.arcat.com/clients/gfx/avian_flyaway.png"/>
+              <wp:docPr id="1" name="Picture rId_F50419" descr="https://www.arcat.com/clients/gfx/avian_flyaway.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_791945" descr="https://www.arcat.com/clients/gfx/avian_flyaway.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_F50419" descr="https://www.arcat.com/clients/gfx/avian_flyaway.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_791945"/>
+                      <a:blip r:link="rId_F50419"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2743200" cy="904875"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Rockwall, TX 75087-5300</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-888-0165</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 972-771-6679</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 972-722-0165</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_1081DE_1" w:history="1">
+      <w:hyperlink r:id="rId_BD56F0_1" w:history="1">
         <w:tooltip>request info (info@avianflyawayinc.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@avianflyawayinc.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_1081DE_2" w:history="1">
+      <w:hyperlink r:id="rId_BD56F0_2" w:history="1">
         <w:tooltip>http://avianflyawayinc.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://avianflyawayinc.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_1081DE_3" w:history="1">
+      <w:hyperlink r:id="rId_BD56F0_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Avian Flyaway, Inc.'s mission is to provide superior, permanent, and humane systems for pest bird control.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>While being environmentally responsible and presenting the very highest quality of service, Avian's Averting System is the nation's most dependable pest bird control system and provides the best value for the customer</w:t>
       </w:r>
       <w:r>
@@ -995,66 +995,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Rockwall, TX 75087-5300</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-888-0165</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 972-771-6679</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 972-722-0165</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2DEDE8_1" w:history="1">
+      <w:hyperlink r:id="rId_B4EE7D_1" w:history="1">
         <w:tooltip>request info (info@avianflyawayinc.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@avianflyawayinc.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2DEDE8_2" w:history="1">
+      <w:hyperlink r:id="rId_B4EE7D_2" w:history="1">
         <w:tooltip>http://avianflyawayinc.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://avianflyawayinc.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -3095,81 +3095,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_791945"
+  Id="rId_F50419"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/avian_flyaway.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_1081DE_1"
+  Id="rId_BD56F0_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Avian%252BFlyaway%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(10290avi)%253A%2520&amp;coid=39868&amp;spec=10290avi&amp;rep=&amp;fax=972-722-0165"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_1081DE_2"
+  Id="rId_BD56F0_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://avianflyawayinc.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_1081DE_3"
+  Id="rId_BD56F0_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/avian-flyaway-inc-39868"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2DEDE8_1"
+  Id="rId_B4EE7D_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Avian%252BFlyaway%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(10290avi)%253A%2520&amp;coid=39868&amp;spec=10290avi&amp;rep=&amp;fax=972-722-0165"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2DEDE8_2"
+  Id="rId_B4EE7D_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://avianflyawayinc.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>