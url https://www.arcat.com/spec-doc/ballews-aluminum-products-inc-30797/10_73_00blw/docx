--- v0 (2026-02-08)
+++ v1 (2026-02-28)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/ballews_aluminum.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2809875" cy="1057275"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_72B8FE" descr="https://www.arcat.com/clients/gfx/ballews_aluminum.png"/>
+              <wp:docPr id="1" name="Picture rId_95C3B7" descr="https://www.arcat.com/clients/gfx/ballews_aluminum.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_72B8FE" descr="https://www.arcat.com/clients/gfx/ballews_aluminum.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_95C3B7" descr="https://www.arcat.com/clients/gfx/ballews_aluminum.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_72B8FE"/>
+                      <a:blip r:link="rId_95C3B7"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2809875" cy="1057275"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -196,96 +196,96 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Duncan, SC 29334</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-231-6666</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 864-272-4453</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 864-272-4456</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5D651C_1" w:history="1">
+      <w:hyperlink r:id="rId_0B2DC5_1" w:history="1">
         <w:tooltip>request info (mary@ballews.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (mary@ballews.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5D651C_2" w:history="1">
+      <w:hyperlink r:id="rId_0B2DC5_2" w:history="1">
         <w:tooltip>https://www.ballews.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.ballews.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5D651C_3" w:history="1">
+      <w:hyperlink r:id="rId_0B2DC5_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ballew's Aluminum Products, Inc. is a family owned business which was founded on quality and service in 1958. Though Ballew's started as a retail awning company, it has grown into a leading manufacturer of residential, commercial, and industrial canopies and walkway covers, as well as stepdown awning materials, three styles of screen rooms, mobile home roof-over systems, carports, patio covers, and insulated rooms.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ballew's manufacturing facilities are located in Manheim Pennsylvania, Duncan South Carolina, Southaven, Mississippi, and Oklahoma City, Oklahoma. These locations make it possible to deliver in a vast area with Ballew's own delivery trucks. By maintaining consistent delivery routes, Ballew's is able to limit material damage and guarantee the same quality and service upon which the company was founded.</w:t>
       </w:r>
     </w:p>
@@ -1114,66 +1114,66 @@
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>MANUFACTURERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Ballew's Aluminum Products, Inc., which is located at: 367 Mayfield Rd; Duncan, SC 29334; Toll Free Tel: 800-231-6666; Tel: 864-272-4453; Fax: 864-272-4456; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8C937B_1" w:history="1">
+      <w:hyperlink r:id="rId_A8E128_1" w:history="1">
         <w:tooltip>request info downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>; Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8C937B_2" w:history="1">
+      <w:hyperlink r:id="rId_A8E128_2" w:history="1">
         <w:tooltip>http://www.ballews.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.ballews.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -4026,81 +4026,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_72B8FE"
+  Id="rId_95C3B7"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/ballews_aluminum.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5D651C_1"
+  Id="rId_0B2DC5_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://admin.arcat.com/users.pl?action=UserEmail&amp;company=Ballews+Aluminum+Products,+Inc.&amp;coid=30797&amp;rep=&amp;fax=864-272-4456&amp;message=RE:%2520Spec%2520Question%2520(10730blw):%2520%2520&amp;mf="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5D651C_2"
+  Id="rId_0B2DC5_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.ballews.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5D651C_3"
+  Id="rId_0B2DC5_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/ballews-aluminum-products-inc-30797"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8C937B_1"
+  Id="rId_A8E128_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://admin.arcat.com/users.pl?action=UserEmail&amp;company=Ballews+Aluminum+Products,+Inc.&amp;coid=30797&amp;rep=&amp;fax=864-272-4456&amp;message=RE:%2520Spec%2520Question%2520(10730blw):%2520%2520&amp;mf="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8C937B_2"
+  Id="rId_A8E128_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.ballews.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>