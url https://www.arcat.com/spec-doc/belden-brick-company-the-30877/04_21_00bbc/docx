--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/beldbrik.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="1905000" cy="552450"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_5E75DB" descr="https://www.arcat.com/clients/gfx/beldbrik.png"/>
+              <wp:docPr id="1" name="Picture rId_656201" descr="https://www.arcat.com/clients/gfx/beldbrik.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_5E75DB" descr="https://www.arcat.com/clients/gfx/beldbrik.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_656201" descr="https://www.arcat.com/clients/gfx/beldbrik.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_5E75DB"/>
+                      <a:blip r:link="rId_656201"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1905000" cy="552450"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -196,96 +196,96 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>700 Tuscarawas Street W</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Canton, OH 44702</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 330-456-0031</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 330-456-2694</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E0BC68_1" w:history="1">
+      <w:hyperlink r:id="rId_6032B9_1" w:history="1">
         <w:tooltip>info@beldenbrick.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>info@beldenbrick.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E0BC68_2" w:history="1">
+      <w:hyperlink r:id="rId_6032B9_2" w:history="1">
         <w:tooltip>www.beldenbrick.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.beldenbrick.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>[ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E0BC68_3" w:history="1">
+      <w:hyperlink r:id="rId_6032B9_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>The Belden Brick Company, a long-standing pillar in the brick industry, is the largest family-owned brick manufacturer in the United States. Expanding brick's creative versatility while maintaining the material's traditional strengths is something in which we pride ourselves. We continue to meet the changing needs of the construction market by manufacturing over 20 different face brick and clay paver sizes, more than 500 colors, 13 different textures, and endless designs of special shapes. The superior quality of our raw materials leads to the structural integrity and outstanding appearance of our line of world-class architectural brick. Each brick becomes part of a legacy that has set The Standard of Comparison since 1885.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5215,69 +5215,69 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_5E75DB"
+  Id="rId_656201"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/beldbrik.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E0BC68_1"
+  Id="rId_6032B9_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:info@beldenbrick.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E0BC68_2"
+  Id="rId_6032B9_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.beldenbrick.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E0BC68_3"
+  Id="rId_6032B9_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.arcat.com/company/30877"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>