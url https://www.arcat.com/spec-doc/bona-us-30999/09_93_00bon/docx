--- v0 (2026-02-02)
+++ v1 (2026-02-26)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/bonaus.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2095500" cy="1047750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_0E568E" descr="https://www.arcat.com/clients/gfx/bonaus.png"/>
+              <wp:docPr id="1" name="Picture rId_167AA6" descr="https://www.arcat.com/clients/gfx/bonaus.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_0E568E" descr="https://www.arcat.com/clients/gfx/bonaus.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_167AA6" descr="https://www.arcat.com/clients/gfx/bonaus.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_0E568E"/>
+                      <a:blip r:link="rId_167AA6"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2095500" cy="1047750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,96 +191,96 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Englewood, CO 80112</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-872-5515</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 303-371-1411</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 303-307-5029</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_597C3E_1" w:history="1">
+      <w:hyperlink r:id="rId_0F388E_1" w:history="1">
         <w:tooltip> Frank.Coppolino@bona.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> Frank.Coppolino@bona.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_597C3E_2" w:history="1">
+      <w:hyperlink r:id="rId_0F388E_2" w:history="1">
         <w:tooltip>https://www.bona.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.bona.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_597C3E_3" w:history="1">
+      <w:hyperlink r:id="rId_0F388E_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>For architects and designers across the globe Bona has provided professionals with premium products and systems developed to maintain the natural beauty of hardwood floors. Each and every Bona product works in tandem to create perfect floors every time. With a century of experience innovating, studying and perfecting the Bona System we stand behind everything that we do.</w:t>
       </w:r>
       <w:r>
@@ -937,66 +937,66 @@
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>MANUFACTURERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Bona US; 24 Inverness Place East Suite 100; Englewood, CO 80112; ASD Toll Free Tel: (800) 872-5515. Tel: (303) 371-1411. Fax: (303) 307-5029. Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_83F10F_1" w:history="1">
+      <w:hyperlink r:id="rId_54E33E_1" w:history="1">
         <w:tooltip>Frank.Coppolino@bona.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Frank.Coppolino@bona.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>; Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_83F10F_2" w:history="1">
+      <w:hyperlink r:id="rId_54E33E_2" w:history="1">
         <w:tooltip>https://www.bona.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.bona.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -15806,81 +15806,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_0E568E"
+  Id="rId_167AA6"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/bonaus.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_597C3E_1"
+  Id="rId_0F388E_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:Frank.Coppolino@bona.com?subject=RE:%20Spec%20Question%20(09930bon):%20"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_597C3E_2"
+  Id="rId_0F388E_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.bona.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_597C3E_3"
+  Id="rId_0F388E_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/bona-us-30999"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_83F10F_1"
+  Id="rId_54E33E_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:Frank.Coppolino@bona.com?subject=RE:ARCAT%2520Spec%2520Question%2520(09930bon):%2520%2520"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_83F10F_2"
+  Id="rId_54E33E_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.bona.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>