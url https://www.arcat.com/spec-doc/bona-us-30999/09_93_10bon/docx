--- v0 (2025-11-24)
+++ v1 (2026-02-26)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/bonaus.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2095500" cy="1047750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_47C414" descr="https://www.arcat.com/clients/gfx/bonaus.png"/>
+              <wp:docPr id="1" name="Picture rId_E51269" descr="https://www.arcat.com/clients/gfx/bonaus.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_47C414" descr="https://www.arcat.com/clients/gfx/bonaus.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_E51269" descr="https://www.arcat.com/clients/gfx/bonaus.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_47C414"/>
+                      <a:blip r:link="rId_E51269"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2095500" cy="1047750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -196,91 +196,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Englewood, CO 80112</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-872-5515</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 303-371-1411</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 303-307-5029</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_015A6A_1" w:history="1">
+      <w:hyperlink r:id="rId_C92B34_1" w:history="1">
         <w:tooltip> Frank.Coppolino@bona.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> Frank.Coppolino@bona.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_015A6A_2" w:history="1">
+      <w:hyperlink r:id="rId_C92B34_2" w:history="1">
         <w:tooltip>https://www.bona.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.bona.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_015A6A_3" w:history="1">
+      <w:hyperlink r:id="rId_C92B34_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>At Bona we are committed to the whole lifetime of hardwood floors. We are devoted to providing solutions that keep a floor perfect during its entire life. Through our long commitment and constant search for innovation we are able to offer lasting, sustainable results for professionals and floor owners. With Bona you can expect a commitment that lasts for generations.</w:t>
       </w:r>
       <w:r>
@@ -745,66 +745,66 @@
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>MANUFACTURERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Bona US, which is located at: 24 Inverness Place E. Suite 100; Englewood, CO 80112; ASD Toll Free Tel: 800-872-5515; Tel: 303-371-1411; Fax: 303-307-5029; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_39CAD4_1" w:history="1">
+      <w:hyperlink r:id="rId_0C32DB_1" w:history="1">
         <w:tooltip>Frank.Coppolino@bona.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Frank.Coppolino@bona.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>; Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_39CAD4_2" w:history="1">
+      <w:hyperlink r:id="rId_0C32DB_2" w:history="1">
         <w:tooltip>https://www.bona.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.bona.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -6807,81 +6807,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_47C414"
+  Id="rId_E51269"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/bonaus.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_015A6A_1"
+  Id="rId_C92B34_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:Frank.Coppolino@bona.com?subject=RE:%20Spec%20Question%20(09931bon):%20"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_015A6A_2"
+  Id="rId_C92B34_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.bona.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_015A6A_3"
+  Id="rId_C92B34_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/bona-us-30999"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_39CAD4_1"
+  Id="rId_0C32DB_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:Frank.Coppolino@bona.com?subject=RE:%2520Spec%2520Question%2520(09931bon):%2520%2520"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_39CAD4_2"
+  Id="rId_0C32DB_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.bona.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>