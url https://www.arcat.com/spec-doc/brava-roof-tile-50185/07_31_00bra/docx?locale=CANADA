--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/bravaroof.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_154D39" descr="https://www.arcat.com/clients/gfx/bravaroof.png"/>
+              <wp:docPr id="1" name="Picture rId_86B1F7" descr="https://www.arcat.com/clients/gfx/bravaroof.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_154D39" descr="https://www.arcat.com/clients/gfx/bravaroof.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_86B1F7" descr="https://www.arcat.com/clients/gfx/bravaroof.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_154D39"/>
+                      <a:blip r:link="rId_86B1F7"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>915 E. Tyler St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Washington, IA 52353</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 844-290-4196</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 319-343-1038</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_25ABA1_1" w:history="1">
+      <w:hyperlink r:id="rId_D3D8B5_1" w:history="1">
         <w:tooltip>request info (marketing@bravarooftile.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (marketing@bravarooftile.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_25ABA1_2" w:history="1">
+      <w:hyperlink r:id="rId_D3D8B5_2" w:history="1">
         <w:tooltip>https://www.bravarooftile.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.bravarooftile.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_25ABA1_3" w:history="1">
+      <w:hyperlink r:id="rId_D3D8B5_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>When deciding on what roofing material to use on your home, Brava composite tile should be at the top of your list. You might be wondering: "What is composite tile?" or "Why should I use Brava composite roof tile on my home?"</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Brava composite tile is the best alternative to traditional Spanish clay tile, natural slate, and cedar shake roofing! Our composite roofing products last longer, are far more durable, and much more aesthetically and architecturally pleasing than asphalt shingles, concrete tiles, or slate, shake, and clay tiles.</w:t>
       </w:r>
     </w:p>
@@ -1232,66 +1232,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>915 E. Tyler St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Washington, IA 52353</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 844-290-4196</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 319-343-1038</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_171B8A_1" w:history="1">
+      <w:hyperlink r:id="rId_18198E_1" w:history="1">
         <w:tooltip>request info (marketing@bravarooftile.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (marketing@bravarooftile.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_171B8A_2" w:history="1">
+      <w:hyperlink r:id="rId_18198E_2" w:history="1">
         <w:tooltip>https://www.bravarooftile.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.bravarooftile.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -5890,81 +5890,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_154D39"
+  Id="rId_86B1F7"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/bravaroof.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_25ABA1_1"
+  Id="rId_D3D8B5_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Brava%252BRoof%252BTile&amp;message=RE%253A%2520Spec%2520Question%2520(07320bra)%253A%2520&amp;coid=50185&amp;spec=07320bra&amp;rep=&amp;fax=319-343-1038"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_25ABA1_2"
+  Id="rId_D3D8B5_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.bravarooftile.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_25ABA1_3"
+  Id="rId_D3D8B5_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/brava-roof-tile-50185"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_171B8A_1"
+  Id="rId_18198E_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Brava%252BRoof%252BTile&amp;message=RE%253A%2520Spec%2520Question%2520(07320bra)%253A%2520&amp;coid=50185&amp;spec=07320bra&amp;rep=&amp;fax=319-343-1038"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_171B8A_2"
+  Id="rId_18198E_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.bravarooftile.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>