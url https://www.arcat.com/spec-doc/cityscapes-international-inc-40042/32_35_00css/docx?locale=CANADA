--- v0 (2025-10-03)
+++ v1 (2026-01-26)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/cityscapes.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_F6F1F7" descr="https://www.arcat.com/clients/gfx/cityscapes.png"/>
+              <wp:docPr id="1" name="Picture rId_BA50A4" descr="https://www.arcat.com/clients/gfx/cityscapes.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_F6F1F7" descr="https://www.arcat.com/clients/gfx/cityscapes.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_BA50A4" descr="https://www.arcat.com/clients/gfx/cityscapes.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_F6F1F7"/>
+                      <a:blip r:link="rId_BA50A4"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Hilliard, OH 43026</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 877-SCREENS</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 614-850-2549</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 800-726-4817</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_58D1CB_1" w:history="1">
+      <w:hyperlink r:id="rId_18F12C_1" w:history="1">
         <w:tooltip>request info (mlhiatt@cityscapesinc.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (mlhiatt@cityscapesinc.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_58D1CB_2" w:history="1">
-        <w:tooltip>https://cityscapesinc.com/ downloads</w:tooltip>
+      <w:hyperlink r:id="rId_18F12C_2" w:history="1">
+        <w:tooltip>https://cityscapesinc.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>https://cityscapesinc.com/</w:t>
+          <w:t>https://cityscapesinc.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_58D1CB_3" w:history="1">
+      <w:hyperlink r:id="rId_18F12C_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>CityScapes, Inc. products stand out by blending in. Offering premier architectural solutions to discreetly conceal dumpsters, HVAC units and other necessities that its owners, occupants and neighbors would prefer not to see, CityScapes designs, develops and manufactures code-compliant, customizable architectural solutions that beautify exteriors and keep buildings compliant, safe and beautiful. Each high-end solution is thoughtfully engineered to meld seamlessly into the building's unique design, meeting the specific needs of each project.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Founded in Columbus, Ohio, in 1997, CityScapes continues to operate and manufacture within the United States. Its flagship product Envisor® has remained the top choice for HVAC screening products among architects, building owners and contractors for over twenty-five years. CityScapes pioneered the concept of screening a rooftop HVAC unit without penetrating the roof with its innovative Envisor product, proven to be the preferred alternative to parapet walls. The development of Envisor led to the discovery of the need for customizable architectural solutions. Today, the company produces over a half-dozen core products. If an available product does not match a building's needs, internal designers work closely with customers to design, create and produce the necessary solution.</w:t>
       </w:r>
       <w:r>
@@ -1369,74 +1369,74 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Hilliard, OH 43026</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 877-SCREENS</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 614-850-2549</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 800-726-4817</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_EF597E_1" w:history="1">
+      <w:hyperlink r:id="rId_5C1C2F_1" w:history="1">
         <w:tooltip>request info (mlhiatt@cityscapesinc.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (mlhiatt@cityscapesinc.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_EF597E_2" w:history="1">
-        <w:tooltip>https://cityscapesinc.com/ downloads</w:tooltip>
+      <w:hyperlink r:id="rId_5C1C2F_2" w:history="1">
+        <w:tooltip>https://cityscapesinc.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>https://cityscapesinc.com/</w:t>
+          <w:t>https://cityscapesinc.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Basis of Design: Covrit Gates and Screening System by CityScapes International Inc.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
@@ -4353,83 +4353,83 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_F6F1F7"
+  Id="rId_BA50A4"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/cityscapes.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_58D1CB_1"
+  Id="rId_18F12C_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=CityScapes%252BInternational%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(02860css)%253A%2520&amp;coid=40042&amp;spec=02860css&amp;rep=&amp;fax=800-726-4817"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_58D1CB_2"
+  Id="rId_18F12C_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
-  Target="https://cityscapesinc.com/"
+  Target="https://cityscapesinc.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_58D1CB_3"
+  Id="rId_18F12C_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/cityscapes-international-inc-40042"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_EF597E_1"
+  Id="rId_5C1C2F_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=CityScapes%252BInternational%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(02860css)%253A%2520&amp;coid=40042&amp;spec=02860css&amp;rep=&amp;fax=800-726-4817"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_EF597E_2"
+  Id="rId_5C1C2F_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
-  Target="https://cityscapesinc.com/"
+  Target="https://cityscapesinc.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>