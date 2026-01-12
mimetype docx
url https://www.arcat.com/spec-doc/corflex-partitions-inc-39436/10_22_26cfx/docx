--- v0 (2025-12-05)
+++ v1 (2026-01-12)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/corflex.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2381250" cy="1190625"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_FE683E" descr="https://www.arcat.com/clients/gfx/corflex.png"/>
+              <wp:docPr id="1" name="Picture rId_766F9F" descr="https://www.arcat.com/clients/gfx/corflex.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_FE683E" descr="https://www.arcat.com/clients/gfx/corflex.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_766F9F" descr="https://www.arcat.com/clients/gfx/corflex.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_FE683E"/>
+                      <a:blip r:link="rId_766F9F"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2381250" cy="1190625"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,106 +181,106 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of Corflex Partitions Inc., which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>10 Poissant St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Delson, QC, Canada J5B 2J1</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 877-410-2422</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0966B1_1" w:history="1">
+      <w:hyperlink r:id="rId_9C416B_1" w:history="1">
         <w:tooltip>request info (info@corflex.ca) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@corflex.ca)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0966B1_2" w:history="1">
+      <w:hyperlink r:id="rId_9C416B_2" w:history="1">
         <w:tooltip>https://corflex.ca/en/ downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://corflex.ca/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0966B1_3" w:history="1">
+      <w:hyperlink r:id="rId_9C416B_3" w:history="1">
         <w:tooltip>https://www.thewinesquare.com/en/ downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.thewinesquare.com/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0966B1_4" w:history="1">
+      <w:hyperlink r:id="rId_9C416B_4" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Corflex is a company specialized in the design, manufacturing, and distribution of unique architectural products. Our expertise allows us to offer customized and innovative solutions to meet specific needs in terms of space management, comfort, and acoustic performance. As a manufacturer of high-value-added products, we use advanced machinery to offer superior quality products.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>We consider our agility as a major advantage to quickly respond to various market needs while providing personalized service. We believe that creativity and teamwork are essential values to overcome daily challenges and offer distinctive and diversified products.</w:t>
       </w:r>
     </w:p>
@@ -1115,81 +1115,81 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Corflex Partitions Inc., which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>10 Poissant St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Delson, QC, Canada J5B 2J1</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 877-410-2422</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E12C28_1" w:history="1">
+      <w:hyperlink r:id="rId_0B0C8D_1" w:history="1">
         <w:tooltip>request info (info@corflex.ca) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@corflex.ca)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E12C28_2" w:history="1">
+      <w:hyperlink r:id="rId_0B0C8D_2" w:history="1">
         <w:tooltip>https://corflex.ca/en/ downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://corflex.ca/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E12C28_3" w:history="1">
+      <w:hyperlink r:id="rId_0B0C8D_3" w:history="1">
         <w:tooltip>https://www.thewinesquare.com/en/ downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.thewinesquare.com/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -20528,93 +20528,93 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_FE683E"
+  Id="rId_766F9F"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/corflex.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0966B1_1"
+  Id="rId_9C416B_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Corflex%252BPartitions%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(10650cfx)%253A%2520&amp;coid=39436&amp;spec=10650cfx&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0966B1_2"
+  Id="rId_9C416B_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://corflex.ca/en/"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0966B1_3"
+  Id="rId_9C416B_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.thewinesquare.com/en/"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0966B1_4"
+  Id="rId_9C416B_4"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/corflex-partitions-inc-39436"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E12C28_1"
+  Id="rId_0B0C8D_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Corflex%252BPartitions%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(10650cfx)%253A%2520&amp;coid=39436&amp;spec=10650cfx&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E12C28_2"
+  Id="rId_0B0C8D_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://corflex.ca/en/"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E12C28_3"
+  Id="rId_0B0C8D_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.thewinesquare.com/en/"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>