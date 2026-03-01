--- v0 (2026-01-17)
+++ v1 (2026-03-01)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/custbldg.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_CE5B89" descr="https://www.arcat.com/clients/gfx/custbldg.png"/>
+              <wp:docPr id="1" name="Picture rId_548257" descr="https://www.arcat.com/clients/gfx/custbldg.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_CE5B89" descr="https://www.arcat.com/clients/gfx/custbldg.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_548257" descr="https://www.arcat.com/clients/gfx/custbldg.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_CE5B89"/>
+                      <a:blip r:link="rId_548257"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,131 +186,131 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>5 Concourse Pkwy., Suite 1900</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Atlanta, GA 30328</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-282-8786</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 800-200-7765</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_B5EDBE_1" w:history="1">
+      <w:hyperlink r:id="rId_D45B1E_1" w:history="1">
         <w:tooltip>request info (jackiel@cbpmail.net) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (jackiel@cbpmail.net)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_B5EDBE_2" w:history="1">
+      <w:hyperlink r:id="rId_D45B1E_2" w:history="1">
         <w:tooltip>http://www.custombuildingproducts.com/architects.aspx downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.custombuildingproducts.com/architects.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_B5EDBE_3" w:history="1">
+      <w:hyperlink r:id="rId_D45B1E_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Custom manufactures industry-leading flooring installation, surface preparations systems, and tile and stone installation products and each one is part of a proven system. The combination of having precisely the right products and professional technical consulting support makes Custom Building Products the easiest to specify and provides you with the confidence to know your project will go smoothly. Custom's highly experienced team of architectural consultants collaborate with architects, builders, specifiers, and contractors to ensure the flooring installation, surface preparations systems, and tile and stone installation specifications meet the needs of your project. CUSTOM offers several installation systems warranties that guarantee your installation will be free from defects for up to a Lifetime, provided our products are used as a complete installation system. For additional information on warranties call us at (800) 282-8786 or view them on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_B5EDBE_4" w:history="1">
+      <w:hyperlink r:id="rId_D45B1E_4" w:history="1">
         <w:tooltip>www.custombuildingproducts.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.custombuildingproducts.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> .</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>See our SpecWizard: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_B5EDBE_5" w:history="1">
+      <w:hyperlink r:id="rId_D45B1E_5" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -3570,51 +3570,51 @@
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Provides a smooth finish to a variety of substrates prior to the installation of floor coverings:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>For More Information: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E3E6AB_1" w:history="1">
+      <w:hyperlink r:id="rId_49E893_1" w:history="1">
         <w:tooltip>https://www.custombuildingproducts.com/products/silk-patching-finishing-compound downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.custombuildingproducts.com/products/silk-patching-finishing-compound</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> .</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -3641,51 +3641,51 @@
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Provides a smooth finish to a variety of substrates prior to the installation of floor coverings.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>For More Information: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CE5AD3_1" w:history="1">
+      <w:hyperlink r:id="rId_1A5F0B_1" w:history="1">
         <w:tooltip>https://www.custombuildingproducts.com/products/customtech-techpatch-sc downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.custombuildingproducts.com/products/customtech-techpatch-sc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> .</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -9878,93 +9878,93 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_CE5B89"
+  Id="rId_548257"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/custbldg.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_B5EDBE_1"
+  Id="rId_D45B1E_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Custom%252BBuilding%252BProducts&amp;message=RE%253A%2520Spec%2520Question%2520(09305cus)%253A%2520&amp;coid=40625&amp;spec=09305cus&amp;rep=&amp;fax=800-200-7765"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_B5EDBE_2"
+  Id="rId_D45B1E_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.custombuildingproducts.com/architects.aspx"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_B5EDBE_3"
+  Id="rId_D45B1E_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/custom-building-products-40625"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_B5EDBE_4"
+  Id="rId_D45B1E_4"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.custombuildingproducts.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_B5EDBE_5"
+  Id="rId_D45B1E_5"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.arcat.com/specwizard/09305cus/index.htm?coid=40625"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E3E6AB_1"
+  Id="rId_49E893_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.custombuildingproducts.com/products/silk-patching-finishing-compound"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CE5AD3_1"
+  Id="rId_1A5F0B_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.custombuildingproducts.com/products/customtech-techpatch-sc"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>