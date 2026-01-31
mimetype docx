--- v0 (2025-12-14)
+++ v1 (2026-01-31)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/disdero.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="1428750" cy="1190625"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_DE329D" descr="https://www.arcat.com/clients/gfx/disdero.png"/>
+              <wp:docPr id="1" name="Picture rId_5860A3" descr="https://www.arcat.com/clients/gfx/disdero.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_DE329D" descr="https://www.arcat.com/clients/gfx/disdero.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_5860A3" descr="https://www.arcat.com/clients/gfx/disdero.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_DE329D"/>
+                      <a:blip r:link="rId_5860A3"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1428750" cy="1190625"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -175,106 +175,106 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Clackamas, OR 97015</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-547-4209</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 503-239-8888</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 503-607-2492</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3D7F4E_1" w:history="1">
+      <w:hyperlink r:id="rId_2D4319_1" w:history="1">
         <w:tooltip>request info (gbrinck@disdero.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (gbrinck@disdero.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3D7F4E_2" w:history="1">
+      <w:hyperlink r:id="rId_2D4319_2" w:history="1">
         <w:tooltip>https://www.lockdeck.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.lockdeck.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3D7F4E_3" w:history="1">
+      <w:hyperlink r:id="rId_2D4319_3" w:history="1">
         <w:tooltip>https://www.disdero.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.disdero.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3D7F4E_4" w:history="1">
+      <w:hyperlink r:id="rId_2D4319_4" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Disdero Lumber Company, a wholly owned subsidiary of Tumac Lumber Company, was founded in 1953 as a wholesale distributor of specialty wood products and clear, vertical grain Douglas fir. We have expanded our product line to include Western Red Cedar, Hemlock, Ponderosa Pine, Southern Yellow Pine, Alaskan Yellow Cedar, Port Orford Cedar, Incense Cedar, Idaho White Pine, Mahogany Decking, Hardwood, Specialty Panel Products, Plywood, MDF Products and Lock Deck.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> </w:t>
       </w:r>
       <w:r>
@@ -806,81 +806,81 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Clackamas, OR 97015</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-547-4209</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 503-239-8888</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 503-607-2492</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_28C481_1" w:history="1">
+      <w:hyperlink r:id="rId_8D0C6F_1" w:history="1">
         <w:tooltip>request info (gbrinck@disdero.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (gbrinck@disdero.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_28C481_2" w:history="1">
+      <w:hyperlink r:id="rId_8D0C6F_2" w:history="1">
         <w:tooltip>https://www.lockdeck.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.lockdeck.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_28C481_3" w:history="1">
+      <w:hyperlink r:id="rId_8D0C6F_3" w:history="1">
         <w:tooltip>https://www.disdero.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.disdero.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -2739,93 +2739,93 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_DE329D"
+  Id="rId_5860A3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/disdero.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3D7F4E_1"
+  Id="rId_2D4319_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Disdero%252BLumber%252BCo.&amp;message=RE%253A%2520Spec%2520Question%2520(06130dlc)%253A%2520&amp;coid=32001&amp;spec=06130dlc&amp;rep=&amp;fax=503-607-2492"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3D7F4E_2"
+  Id="rId_2D4319_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.lockdeck.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3D7F4E_3"
+  Id="rId_2D4319_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.disdero.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3D7F4E_4"
+  Id="rId_2D4319_4"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/disdero-lumber-co-32001"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_28C481_1"
+  Id="rId_8D0C6F_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Disdero%252BLumber%252BCo.&amp;message=RE%253A%2520Spec%2520Question%2520(06130dlc)%253A%2520&amp;coid=32001&amp;spec=06130dlc&amp;rep=&amp;fax=503-607-2492"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_28C481_2"
+  Id="rId_8D0C6F_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.lockdeck.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_28C481_3"
+  Id="rId_8D0C6F_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.disdero.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>