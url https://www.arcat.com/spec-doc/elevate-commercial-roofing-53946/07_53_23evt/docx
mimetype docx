--- v0 (2026-01-24)
+++ v1 (2026-03-07)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/holcim.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3143250" cy="1571625"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_E14000" descr="https://www.arcat.com/clients/gfx/holcim.png"/>
+              <wp:docPr id="1" name="Picture rId_C4955F" descr="https://www.arcat.com/clients/gfx/holcim.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_E14000" descr="https://www.arcat.com/clients/gfx/holcim.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_C4955F" descr="https://www.arcat.com/clients/gfx/holcim.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_E14000"/>
+                      <a:blip r:link="rId_C4955F"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3143250" cy="1571625"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,91 +181,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of Elevate Commercial Roofing, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>26 Century Blvd., Suite 205</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Nashville, TN 37214</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-428-4442</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_557AA2_1" w:history="1">
+      <w:hyperlink r:id="rId_F2DD52_1" w:history="1">
         <w:tooltip>request info (emma.nealy@amrize.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (emma.nealy@amrize.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_557AA2_2" w:history="1">
+      <w:hyperlink r:id="rId_F2DD52_2" w:history="1">
         <w:tooltip>https://www.elevatecommercialbp.com/us-en downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.elevatecommercialbp.com/us-en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_557AA2_3" w:history="1">
+      <w:hyperlink r:id="rId_F2DD52_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>A Legacy Made to Last.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Elevate is built on 40 years of history - proof that a commitment to the highest quality materials and trusted partnerships withstand the test of time. While our focus continues to be on smart safe and sustainable solutions for our customers, there's so much more on the horizon. We're raising our sights and are ready to help you achieve whatever you can imagine - the sky's the limit.</w:t>
       </w:r>
     </w:p>
@@ -1750,66 +1750,66 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Elevate Commercial Roofing, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>26 Century Blvd., Suite 205</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Nashville, TN 37214</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-428-4442</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_D06F68_1" w:history="1">
+      <w:hyperlink r:id="rId_E34771_1" w:history="1">
         <w:tooltip>request info (emma.nealy@amrize.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (emma.nealy@amrize.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_D06F68_2" w:history="1">
+      <w:hyperlink r:id="rId_E34771_2" w:history="1">
         <w:tooltip>https://www.elevatecommercialbp.com/us-en downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.elevatecommercialbp.com/us-en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -16784,81 +16784,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_E14000"
+  Id="rId_C4955F"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/holcim.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_557AA2_1"
+  Id="rId_F2DD52_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Elevate%252BCommercial%252BRoofing&amp;message=RE%253A%2520Spec%2520Question%2520(07530evt)%253A%2520&amp;coid=53946&amp;spec=07530evt&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_557AA2_2"
+  Id="rId_F2DD52_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.elevatecommercialbp.com/us-en"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_557AA2_3"
+  Id="rId_F2DD52_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/elevate-commercial-roofing-53946"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_D06F68_1"
+  Id="rId_E34771_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Elevate%252BCommercial%252BRoofing&amp;message=RE%253A%2520Spec%2520Question%2520(07530evt)%253A%2520&amp;coid=53946&amp;spec=07530evt&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_D06F68_2"
+  Id="rId_E34771_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.elevatecommercialbp.com/us-en"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>