--- v0 (2026-01-01)
+++ v1 (2026-03-20)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/fellowes.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2476500" cy="1238250"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_B2B970" descr="https://www.arcat.com/clients/gfx/fellowes.png"/>
+              <wp:docPr id="1" name="Picture rId_E5B10E" descr="https://www.arcat.com/clients/gfx/fellowes.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_B2B970" descr="https://www.arcat.com/clients/gfx/fellowes.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_E5B10E" descr="https://www.arcat.com/clients/gfx/fellowes.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_B2B970"/>
+                      <a:blip r:link="rId_E5B10E"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2476500" cy="1238250"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1789 Norwood Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Itasca, IL 60143</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-477-7940 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 630-893-1600</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3E48D7_1" w:history="1">
+      <w:hyperlink r:id="rId_AD540C_1" w:history="1">
         <w:tooltip>request info (info@aeramaxpro.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@aeramaxpro.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3E48D7_2" w:history="1">
+      <w:hyperlink r:id="rId_AD540C_2" w:history="1">
         <w:tooltip>https://www.fellowes.com/us/en downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.fellowes.com/us/en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3E48D7_3" w:history="1">
+      <w:hyperlink r:id="rId_AD540C_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Helping you be at your best.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>We want people to be the best they can be. More productive, More efficient. Happier. Healthier. That's why we make office products like business machines, storage products, and workspace wellness solutions. Products by our family-owned business have been in your workplace and your home for over 100 years. They're designed to meet - and exceed - the needs of an ever-changing world. So. whether you're in a big corporate center or a cozy home office, we'll help you dominate your day. A commitment that comes from four generations of our family business.</w:t>
       </w:r>
       <w:r>
@@ -1003,66 +1003,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1789 Norwood Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Itasca, IL 60143</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-477-7940 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 630-893-1600</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_EAD1A6_1" w:history="1">
+      <w:hyperlink r:id="rId_664C16_1" w:history="1">
         <w:tooltip>request info (info@aeramaxpro.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@aeramaxpro.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_EAD1A6_2" w:history="1">
+      <w:hyperlink r:id="rId_664C16_2" w:history="1">
         <w:tooltip>https://www.fellowes.com/us/en downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.fellowes.com/us/en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -3467,81 +3467,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_B2B970"
+  Id="rId_E5B10E"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/fellowes.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3E48D7_1"
+  Id="rId_AD540C_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Fellowes%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(15861fel)%253A%2520&amp;coid=49465&amp;spec=15861fel&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3E48D7_2"
+  Id="rId_AD540C_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.fellowes.com/us/en"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3E48D7_3"
+  Id="rId_AD540C_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/fellowes-inc-49465"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_EAD1A6_1"
+  Id="rId_664C16_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Fellowes%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(15861fel)%253A%2520&amp;coid=49465&amp;spec=15861fel&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_EAD1A6_2"
+  Id="rId_664C16_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.fellowes.com/us/en"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>