--- v0 (2025-10-13)
+++ v1 (2025-12-31)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/fabral.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="1905000" cy="857250"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_20B8F2" descr="https://www.arcat.com/clients/gfx/fabral.png"/>
+              <wp:docPr id="1" name="Picture rId_55A13A" descr="https://www.arcat.com/clients/gfx/fabral.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_20B8F2" descr="https://www.arcat.com/clients/gfx/fabral.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_55A13A" descr="https://www.arcat.com/clients/gfx/fabral.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_20B8F2"/>
+                      <a:blip r:link="rId_55A13A"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1905000" cy="857250"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -180,91 +180,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>16435 N. Scottsdale Rd.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Scottsdale, AZ 85254</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 770-775-4484</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 717-735-2879</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5203ED_1" w:history="1">
+      <w:hyperlink r:id="rId_D3E09F_1" w:history="1">
         <w:tooltip>request info (mvaughn&amp;amp;fabral.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (mvaughn&amp;amp;fabral.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5203ED_2" w:history="1">
+      <w:hyperlink r:id="rId_D3E09F_2" w:history="1">
         <w:tooltip>https://fabral.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://fabral.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5203ED_3" w:history="1">
+      <w:hyperlink r:id="rId_D3E09F_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fabral is the premier supplier of metal roofing and wall panels for architectural, commercial, post frame, industrial, transportation and agricultural applications. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Founded in 1967, Fabral is widely recognized as the benchmark leader. Specified by leading firms worldwide, Fabral products have been used in projects ranging from Langley Air Force Base buildings and the Harvey B. Gantt Center for African American Arts and Culture to Lady Bird Johnson Middle School in Irving, Texas, the largest net zero school in the United States. As a leader in the post frame market, Fabral's quality product offering, advanced LEAN manufacturing processes and dedicated customer service values have elevated Fabral to become the post frame provider of choice. </w:t>
       </w:r>
     </w:p>
@@ -1670,66 +1670,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>16435 N. Scottsdale Rd.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Scottsdale, AZ 85254</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 770-775-4484</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 717-735-2879</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_6C5F8A_1" w:history="1">
+      <w:hyperlink r:id="rId_3B668D_1" w:history="1">
         <w:tooltip>request info (mvaughn&amp;amp;fabral.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (mvaughn&amp;amp;fabral.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_6C5F8A_2" w:history="1">
+      <w:hyperlink r:id="rId_3B668D_2" w:history="1">
         <w:tooltip>https://fabral.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://fabral.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -14375,81 +14375,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_20B8F2"
+  Id="rId_55A13A"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/fabral.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5203ED_1"
+  Id="rId_D3E09F_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=FGM-Fabral%252BLLC&amp;message=RE%253A%2520Spec%2520Question%2520(07411fab)%253A%2520&amp;coid=32409&amp;spec=07411fab&amp;rep=&amp;fax=717-735-2879"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5203ED_2"
+  Id="rId_D3E09F_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://fabral.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5203ED_3"
+  Id="rId_D3E09F_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/fgm-fabral-llc-32409"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_6C5F8A_1"
+  Id="rId_3B668D_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=FGM-Fabral%252BLLC&amp;message=RE%253A%2520Spec%2520Question%2520(07411fab)%253A%2520&amp;coid=32409&amp;spec=07411fab&amp;rep=&amp;fax=717-735-2879"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_6C5F8A_2"
+  Id="rId_3B668D_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://fabral.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>