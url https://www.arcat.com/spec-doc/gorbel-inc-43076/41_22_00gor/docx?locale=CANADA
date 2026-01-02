--- v0 (2025-11-16)
+++ v1 (2026-01-02)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/gorbel.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2857500" cy="1428750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_678F35" descr="https://www.arcat.com/clients/gfx/gorbel.png"/>
+              <wp:docPr id="1" name="Picture rId_03E32D" descr="https://www.arcat.com/clients/gfx/gorbel.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_678F35" descr="https://www.arcat.com/clients/gfx/gorbel.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_03E32D" descr="https://www.arcat.com/clients/gfx/gorbel.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_678F35"/>
+                      <a:blip r:link="rId_03E32D"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2857500" cy="1428750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fishers, NY 14453</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-821-0086</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 585-924-6262</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 800-828-1808</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_4DC637_1" w:history="1">
+      <w:hyperlink r:id="rId_2EB63E_1" w:history="1">
         <w:tooltip>request info (info@gorbel.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@gorbel.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_4DC637_2" w:history="1">
-        <w:tooltip>http://www.gorbel.com/Solutions/architectsandengineers.aspx downloads</w:tooltip>
+      <w:hyperlink r:id="rId_2EB63E_2" w:history="1">
+        <w:tooltip>https://www.gorbel.com/architects-engineers downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>http://www.gorbel.com/Solutions/architectsandengineers.aspx</w:t>
+          <w:t>https://www.gorbel.com/architects-engineers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_4DC637_3" w:history="1">
+      <w:hyperlink r:id="rId_2EB63E_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Gorbel has over 40+ years' experience providing overhead handling solutions to customers in a wide range of industries. We have a comprehensive line of Crane Technology products, including work station bridge cranes, patented track cranes, I-beam jib cranes, gantries, and work station jib cranes. We also have an exciting line of Ergonomic Lifting products, featuring our G-Forceand Easy Arm®Intelligent Lifting Devices, and our GS Series Hoist line. Our Tether Track Fall Arrest Safety Systems provides a turn-key fall protection solution that exceeds OSHA safety standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>We pride ourselves on providing high quality products and quick deliveries, backed by an experienced customer service department, and supported by an international network of knowledgeable distributors. Contact us today and we'll work with you to find the best overhead handling solution for your unique application. Gorbel products are manufactured at state-of-the-art facilities in New York,Alabama and Arizona and sold through an extensive distributor network.</w:t>
       </w:r>
     </w:p>
@@ -1186,74 +1186,74 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fishers, NY 14453</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-821-0086</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 585-924-6262</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 800-828-1808</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_12E502_1" w:history="1">
+      <w:hyperlink r:id="rId_6F17C6_1" w:history="1">
         <w:tooltip>request info (info@gorbel.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@gorbel.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_12E502_2" w:history="1">
-        <w:tooltip>http://www.gorbel.com/Solutions/architectsandengineers.aspx downloads</w:tooltip>
+      <w:hyperlink r:id="rId_6F17C6_2" w:history="1">
+        <w:tooltip>https://www.gorbel.com/architects-engineers downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>http://www.gorbel.com/Solutions/architectsandengineers.aspx</w:t>
+          <w:t>https://www.gorbel.com/architects-engineers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
@@ -13120,83 +13120,83 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_678F35"
+  Id="rId_03E32D"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/gorbel.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_4DC637_1"
+  Id="rId_2EB63E_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Gorbel%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(14600gor)%253A%2520&amp;coid=43076&amp;spec=14600gor&amp;rep=&amp;fax=800-828-1808"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_4DC637_2"
+  Id="rId_2EB63E_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
-  Target="http://www.gorbel.com/Solutions/architectsandengineers.aspx"
+  Target="https://www.gorbel.com/architects-engineers"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_4DC637_3"
+  Id="rId_2EB63E_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/gorbel-inc-43076"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_12E502_1"
+  Id="rId_6F17C6_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Gorbel%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(14600gor)%253A%2520&amp;coid=43076&amp;spec=14600gor&amp;rep=&amp;fax=800-828-1808"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_12E502_2"
+  Id="rId_6F17C6_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
-  Target="http://www.gorbel.com/Solutions/architectsandengineers.aspx"
+  Target="https://www.gorbel.com/architects-engineers"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>