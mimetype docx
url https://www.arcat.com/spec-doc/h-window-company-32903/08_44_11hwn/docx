--- v0 (2026-01-03)
+++ v1 (2026-03-08)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/hwindow.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_A954CC" descr="https://www.arcat.com/clients/gfx/hwindow.png"/>
+              <wp:docPr id="1" name="Picture rId_BC2AA7" descr="https://www.arcat.com/clients/gfx/hwindow.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_A954CC" descr="https://www.arcat.com/clients/gfx/hwindow.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_BC2AA7" descr="https://www.arcat.com/clients/gfx/hwindow.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_A954CC"/>
+                      <a:blip r:link="rId_BC2AA7"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ashland, WI 54806</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-843-4929</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 715-685-2793</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 715-685-9441</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E4B7EE_1" w:history="1">
+      <w:hyperlink r:id="rId_9250F6_1" w:history="1">
         <w:tooltip>request info () downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info ()</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E4B7EE_2" w:history="1">
+      <w:hyperlink r:id="rId_9250F6_2" w:history="1">
         <w:tooltip>http://www.hwindow.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.hwindow.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E4B7EE_3" w:history="1">
+      <w:hyperlink r:id="rId_9250F6_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Beautiful. Enduring. Revolutionary.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>The beauty of H Windows arises from exceptional materials in the hands of skilled craftsmen. The elegant aesthetics of our windows and doors are rooted in highly intentional engineering that has made us the provider of choice for architects and building owners throughout the United States.</w:t>
       </w:r>
       <w:r>
@@ -1312,66 +1312,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Ashland, WI 54806</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-843-4929</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 715-685-2793</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 715-685-9441</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C3548F_1" w:history="1">
+      <w:hyperlink r:id="rId_5C0884_1" w:history="1">
         <w:tooltip>request info () downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info ()</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C3548F_2" w:history="1">
+      <w:hyperlink r:id="rId_5C0884_2" w:history="1">
         <w:tooltip>http://www.hwindow.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.hwindow.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -4522,81 +4522,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_A954CC"
+  Id="rId_BC2AA7"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/hwindow.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E4B7EE_1"
+  Id="rId_9250F6_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=H%252BWindow%252BCompany&amp;message=RE%253A%2520Spec%2520Question%2520(08441hwn)%253A%2520&amp;coid=32903&amp;spec=08441hwn&amp;rep=&amp;fax=715-685-9441"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E4B7EE_2"
+  Id="rId_9250F6_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.hwindow.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E4B7EE_3"
+  Id="rId_9250F6_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/h-window-company-32903"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C3548F_1"
+  Id="rId_5C0884_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=H%252BWindow%252BCompany&amp;message=RE%253A%2520Spec%2520Question%2520(08441hwn)%253A%2520&amp;coid=32903&amp;spec=08441hwn&amp;rep=&amp;fax=715-685-9441"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C3548F_2"
+  Id="rId_5C0884_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.hwindow.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>