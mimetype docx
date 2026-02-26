--- v0 (2025-12-25)
+++ v1 (2026-02-26)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/amharleq.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3333750" cy="1314450"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_8DD6DD" descr="https://www.arcat.com/clients/gfx/amharleq.png"/>
+              <wp:docPr id="1" name="Picture rId_21E37A" descr="https://www.arcat.com/clients/gfx/amharleq.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_8DD6DD" descr="https://www.arcat.com/clients/gfx/amharleq.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_21E37A" descr="https://www.arcat.com/clients/gfx/amharleq.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_8DD6DD"/>
+                      <a:blip r:link="rId_21E37A"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3333750" cy="1314450"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -138,139 +138,139 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Copyright 2006 - 2024 ARCAT, Inc. - All rights reserved</w:t>
+        <w:t>Copyright 2006 - 2026 ARCAT, Inc. - All rights reserved</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Harlequin Floors; wood stage floors, sprung floors and vinyl/marley dance floors.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of Harlequin Floors, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1531 Glen Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Moorestown, NJ 08057</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-642-6440</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 856-231-4403</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0FC7A2_1" w:history="1">
+      <w:hyperlink r:id="rId_40A0DD_1" w:history="1">
         <w:tooltip>request info (contact@harlequinfloors.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (contact@harlequinfloors.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0FC7A2_2" w:history="1">
+      <w:hyperlink r:id="rId_40A0DD_2" w:history="1">
         <w:tooltip>https://us.harlequinfloors.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://us.harlequinfloors.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0FC7A2_3" w:history="1">
+      <w:hyperlink r:id="rId_40A0DD_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Recognized as world leaders in advanced technology flooring for dance, performing arts, entertainment and display, Harlequin Floors is established worldwide with operations in the Americas, Europe, Asia Pacific and Australia. American Harlequin Corporation is headquartered in Moorestown, NJ (Philadelphia, PA region) with offices in Fort Worth and Los Angeles.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>We offer a complete range of permanent and portable, vinyl and sprung floors for dance and stage. Our team of Flooring Specialists provide clients with expert guidance on products, design, installation and maintenance in order to deliver a customized flooring solution that meets their requirements.</w:t>
       </w:r>
     </w:p>
@@ -852,66 +852,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1531 Glen Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Moorestown, NJ 08057</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-642-6440</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 856-231-4403</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2EBEC5_1" w:history="1">
+      <w:hyperlink r:id="rId_4ECE58_1" w:history="1">
         <w:tooltip>request info (contact@harlequinfloors.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (contact@harlequinfloors.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2EBEC5_2" w:history="1">
+      <w:hyperlink r:id="rId_4ECE58_2" w:history="1">
         <w:tooltip>https://us.harlequinfloors.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://us.harlequinfloors.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -5526,81 +5526,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_8DD6DD"
+  Id="rId_21E37A"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/amharleq.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0FC7A2_1"
+  Id="rId_40A0DD_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Harlequin%252BFloors&amp;message=RE%253A%2520Spec%2520Question%2520(09647ahc)%253A%2520&amp;coid=42807&amp;spec=09647ahc&amp;rep=&amp;fax=856-231-4403"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0FC7A2_2"
+  Id="rId_40A0DD_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://us.harlequinfloors.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0FC7A2_3"
+  Id="rId_40A0DD_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/harlequin-floors-42807"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2EBEC5_1"
+  Id="rId_4ECE58_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Harlequin%252BFloors&amp;message=RE%253A%2520Spec%2520Question%2520(09647ahc)%253A%2520&amp;coid=42807&amp;spec=09647ahc&amp;rep=&amp;fax=856-231-4403"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2EBEC5_2"
+  Id="rId_4ECE58_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://us.harlequinfloors.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>