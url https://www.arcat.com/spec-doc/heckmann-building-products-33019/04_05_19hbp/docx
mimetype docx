--- v0 (2025-11-17)
+++ v1 (2025-12-17)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/heckmann.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1895475"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_F84F6F" descr="https://www.arcat.com/clients/gfx/heckmann.png"/>
+              <wp:docPr id="1" name="Picture rId_DA7AED" descr="https://www.arcat.com/clients/gfx/heckmann.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_F84F6F" descr="https://www.arcat.com/clients/gfx/heckmann.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_DA7AED" descr="https://www.arcat.com/clients/gfx/heckmann.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_F84F6F"/>
+                      <a:blip r:link="rId_DA7AED"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1895475"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>110 Richards Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Norwalk, CT 06854</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-621-4140 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 708-865-2640</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0FC54D_1" w:history="1">
+      <w:hyperlink r:id="rId_22971D_1" w:history="1">
         <w:tooltip>request info (info@heckmannanchors.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@heckmannanchors.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0FC54D_2" w:history="1">
+      <w:hyperlink r:id="rId_22971D_2" w:history="1">
         <w:tooltip>https://heckmannbuildingprods.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://heckmannbuildingprods.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0FC54D_3" w:history="1">
+      <w:hyperlink r:id="rId_22971D_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Back in 1923, Richard Heckmann began the business by making an automated corrugated wall tie machine at a time when steel was first being used to reinforce masonry. In 1958 he handed the business to his daughter Patricia and her husband Howard Curtis, and today their son, Paul Curtis is our product technical specialist with 45+ years of masonry anchor experience.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>We've been working hard to earn the trust of contractors everywhere by delivering the best, hardest working anchors, and ties possible, and we will do the best we can to deliver our made-to-order anchors and ties to you when you need them.</w:t>
       </w:r>
       <w:r>
@@ -717,66 +717,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>110 Richards Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Norwalk, CT 06854</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-621-4140 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 708-865-2640</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_40BD2D_1" w:history="1">
+      <w:hyperlink r:id="rId_FA5DA4_1" w:history="1">
         <w:tooltip>request info (info@heckmannanchors.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@heckmannanchors.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_40BD2D_2" w:history="1">
+      <w:hyperlink r:id="rId_FA5DA4_2" w:history="1">
         <w:tooltip>https://heckmannbuildingprods.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://heckmannbuildingprods.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -12415,81 +12415,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_F84F6F"
+  Id="rId_DA7AED"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/heckmann.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0FC54D_1"
+  Id="rId_22971D_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Heckmann%252BBuilding%252BProducts&amp;message=RE%253A%2520Spec%2520Question%2520(04085hbp)%253A%2520&amp;coid=33019&amp;spec=04085hbp&amp;rep=&amp;fax=708-865-2640"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0FC54D_2"
+  Id="rId_22971D_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://heckmannbuildingprods.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0FC54D_3"
+  Id="rId_22971D_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/heckmann-building-products-33019"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_40BD2D_1"
+  Id="rId_FA5DA4_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Heckmann%252BBuilding%252BProducts&amp;message=RE%253A%2520Spec%2520Question%2520(04085hbp)%253A%2520&amp;coid=33019&amp;spec=04085hbp&amp;rep=&amp;fax=708-865-2640"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_40BD2D_2"
+  Id="rId_FA5DA4_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://heckmannbuildingprods.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>