--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/ikocom.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_E4A485" descr="https://www.arcat.com/clients/gfx/ikocom.png"/>
+              <wp:docPr id="1" name="Picture rId_DE0A1B" descr="https://www.arcat.com/clients/gfx/ikocom.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_E4A485" descr="https://www.arcat.com/clients/gfx/ikocom.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_DE0A1B" descr="https://www.arcat.com/clients/gfx/ikocom.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_E4A485"/>
+                      <a:blip r:link="rId_DE0A1B"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,91 +181,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of IKO Roofing - Commercial, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>6 Denny Rd., Suite 200</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Wilmington, DE 19809</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 302-516-0561</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C21840_1" w:history="1">
+      <w:hyperlink r:id="rId_704937_1" w:history="1">
         <w:tooltip>request info (carol.perkins@iko.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (carol.perkins@iko.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C21840_2" w:history="1">
+      <w:hyperlink r:id="rId_704937_2" w:history="1">
         <w:tooltip>https://www.iko.com/comm downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.iko.com/comm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_C21840_3" w:history="1">
+      <w:hyperlink r:id="rId_704937_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>As a leader in commercial roofing products, IKO offers exceptional benefits. Launching the new IKO InnoviTPO single-ply roofing systems exemplifies IKO's founders' core values, entrepreneurial spirit, and commitment to quality. This holistic dedication to excellence brings new meaning to performance innovation. IKO InnoviTPO is manufactured in a leading-edge manufacturing facility designed to result in net zero wastage of the TPO product itself. Our TPO membranes have exceptional durability and longevity, and are designed to meet or exceed ASTM standards for weathering resistance. IKO InnoviTPO is produced without any chlorines or halogenated compounds in the formulation and can provide for LEED design credits. IKO offers a complete line of compatible roofing accessories, so the entire system can qualify for appropriate Diamond Shield limited warranties.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1837,66 +1837,66 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: IKO Roofing - Commercial, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>6 Denny Rd., Suite 200</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Wilmington, DE 19809</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 302-516-0561</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_167836_1" w:history="1">
+      <w:hyperlink r:id="rId_43FA57_1" w:history="1">
         <w:tooltip>request info (carol.perkins@iko.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (carol.perkins@iko.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_167836_2" w:history="1">
+      <w:hyperlink r:id="rId_43FA57_2" w:history="1">
         <w:tooltip>https://www.iko.com/comm downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.iko.com/comm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -7191,81 +7191,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_E4A485"
+  Id="rId_DE0A1B"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/ikocom.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C21840_1"
+  Id="rId_704937_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=IKO%252BRoofing%252B-%252BCommercial&amp;message=RE%253A%2520Spec%2520Question%2520(07540ino)%253A%2520&amp;coid=49251&amp;spec=07540ino&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C21840_2"
+  Id="rId_704937_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.iko.com/comm"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_C21840_3"
+  Id="rId_704937_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/iko-roofing-commercial-49251"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_167836_1"
+  Id="rId_43FA57_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=IKO%252BRoofing%252B-%252BCommercial&amp;message=RE%253A%2520Spec%2520Question%2520(07540ino)%253A%2520&amp;coid=49251&amp;spec=07540ino&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_167836_2"
+  Id="rId_43FA57_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.iko.com/comm"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>