--- v0 (2025-11-04)
+++ v1 (2025-11-26)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/invstruc.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_13737D" descr="https://www.arcat.com/clients/gfx/invstruc.png"/>
+              <wp:docPr id="1" name="Picture rId_03CAEB" descr="https://www.arcat.com/clients/gfx/invstruc.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_13737D" descr="https://www.arcat.com/clients/gfx/invstruc.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_03CAEB" descr="https://www.arcat.com/clients/gfx/invstruc.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_13737D"/>
+                      <a:blip r:link="rId_03CAEB"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,91 +181,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of Invisible Structures, Inc., which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>3510 Himalaya Rd., Suite 200</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Aurora, CO 80011</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 303-233-8383</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9706B9_1" w:history="1">
+      <w:hyperlink r:id="rId_869F77_1" w:history="1">
         <w:tooltip>request info (sales@invisiblestructures.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@invisiblestructures.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9706B9_2" w:history="1">
+      <w:hyperlink r:id="rId_869F77_2" w:history="1">
         <w:tooltip>https://www.invisiblestructures.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.invisiblestructures.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9706B9_3" w:history="1">
+      <w:hyperlink r:id="rId_869F77_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section covers the Rainstore3 Underground Stormwater Retention System, a plastic structure used to store accumulated stormwater underground. The Rainstore3 system supports an H-20 vehicular loading allowing the construction of driving areas, parking lots, and small structures over the completed system. Panels are 40 inches square by 4 inches deep, with 36 vertical columns of cells. Panels may be stacked to depths up to 98 inches (25 panels) and are 94 percent open, allowing the maximum in water storage or harvesting.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -737,66 +737,66 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Contact manufacturer for local representative.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Invisible Structures, Inc., which is located at: 3510 Himalaya Rd. Suite 200; Aurora, CO 80011; ASD Tel: 303-233-8383; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_331D05_1" w:history="1">
+      <w:hyperlink r:id="rId_9C9ABC_1" w:history="1">
         <w:tooltip>request info downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>; Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_331D05_2" w:history="1">
+      <w:hyperlink r:id="rId_9C9ABC_2" w:history="1">
         <w:tooltip>http://www.invisiblestructures.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.invisiblestructures.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -2285,81 +2285,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_13737D"
+  Id="rId_03CAEB"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/invstruc.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9706B9_1"
+  Id="rId_869F77_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Invisible%252BStructures%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(02632inv)%253A%2520&amp;coid=33364&amp;spec=02632inv&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9706B9_2"
+  Id="rId_869F77_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.invisiblestructures.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9706B9_3"
+  Id="rId_869F77_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/invisible-structures-inc-33364"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_331D05_1"
+  Id="rId_9C9ABC_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://admin.arcat.com/users.pl?action=UserEmail&amp;company=Invisible+Structures,+Inc.&amp;coid=33364&amp;rep=&amp;fax=&amp;message=RE:%2520Spec%2520Question%2520(02632inv):%2520%2520&amp;mf="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_331D05_2"
+  Id="rId_9C9ABC_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.invisiblestructures.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>