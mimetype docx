--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/jameshar.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_FAFC1B" descr="https://www.arcat.com/clients/gfx/jameshar.png"/>
+              <wp:docPr id="1" name="Picture rId_4F5657" descr="https://www.arcat.com/clients/gfx/jameshar.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_FAFC1B" descr="https://www.arcat.com/clients/gfx/jameshar.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_4F5657" descr="https://www.arcat.com/clients/gfx/jameshar.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_FAFC1B"/>
+                      <a:blip r:link="rId_4F5657"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -192,106 +192,106 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of James Hardie Building Products, Inc., which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>303 E. Wacker Dr.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Chicago, IL 60601 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 877-236-7526</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CC5316_1" w:history="1">
+      <w:hyperlink r:id="rId_9AB52F_1" w:history="1">
         <w:tooltip>request info (info@jameshardie.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@jameshardie.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CC5316_2" w:history="1">
+      <w:hyperlink r:id="rId_9AB52F_2" w:history="1">
         <w:tooltip>https://www.jameshardiepros.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.jameshardiepros.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CC5316_3" w:history="1">
+      <w:hyperlink r:id="rId_9AB52F_3" w:history="1">
         <w:tooltip>https://www.jameshardie.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.jameshardie.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CC5316_4" w:history="1">
+      <w:hyperlink r:id="rId_9AB52F_4" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>We have operations in the United States, Australia, New Zealand, Asia, and Europe. No matter where we operate, our goal is to remain at the forefront of the fiber-cement industry, capitalizing on our global leadership in building products and manufacturing and technology for both new home construction and remodeling.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>At James Hardie, we create innovative products that increase the beauty, value, safety, and durability of the buildings you design. Explore increased design options through our wide variety of product colors and textures and enjoy superior performance that allows your designs to last a lifetime.</w:t>
       </w:r>
       <w:r>
@@ -1096,81 +1096,81 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: James Hardie Building Products, Inc., which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>303 E. Wacker Dr.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Chicago, IL 60601 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 877-236-7526</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_93112F_1" w:history="1">
+      <w:hyperlink r:id="rId_0CFE47_1" w:history="1">
         <w:tooltip>request info (info@jameshardie.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@jameshardie.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_93112F_2" w:history="1">
+      <w:hyperlink r:id="rId_0CFE47_2" w:history="1">
         <w:tooltip>https://www.jameshardiepros.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.jameshardiepros.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_93112F_3" w:history="1">
+      <w:hyperlink r:id="rId_0CFE47_3" w:history="1">
         <w:tooltip>https://www.jameshardie.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.jameshardie.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -3543,51 +3543,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Factory Finish: Refer to Exterior Finish Schedule.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete colors not applicable as color availability varies by region, Refer to James Hardie ColorPlus website (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId_811E33_1" w:history="1">
+      <w:hyperlink r:id="rId_14532F_1" w:history="1">
         <w:tooltip>www.jameshardiecolorplus.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.jameshardiecolorplus.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ) to check which colors are available for your project.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -6089,99 +6089,99 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_FAFC1B"
+  Id="rId_4F5657"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/jameshar.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CC5316_1"
+  Id="rId_9AB52F_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=James%252BHardie%252BBuilding%252BProducts%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(07462jhi)%253A%2520&amp;coid=33418&amp;spec=07462jhi&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CC5316_2"
+  Id="rId_9AB52F_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.jameshardiepros.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CC5316_3"
+  Id="rId_9AB52F_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.jameshardie.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CC5316_4"
+  Id="rId_9AB52F_4"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/james-hardie-building-products-inc-33418"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_93112F_1"
+  Id="rId_0CFE47_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=James%252BHardie%252BBuilding%252BProducts%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(07462jhi)%253A%2520&amp;coid=33418&amp;spec=07462jhi&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_93112F_2"
+  Id="rId_0CFE47_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.jameshardiepros.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_93112F_3"
+  Id="rId_0CFE47_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.jameshardie.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_811E33_1"
+  Id="rId_14532F_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.jameshardiecolorplus.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>