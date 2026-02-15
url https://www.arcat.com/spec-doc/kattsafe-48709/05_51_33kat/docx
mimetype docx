--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/fixfast.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_98D8E3" descr="https://www.arcat.com/clients/gfx/fixfast.png"/>
+              <wp:docPr id="1" name="Picture rId_D2272E" descr="https://www.arcat.com/clients/gfx/fixfast.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_98D8E3" descr="https://www.arcat.com/clients/gfx/fixfast.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_D2272E" descr="https://www.arcat.com/clients/gfx/fixfast.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_98D8E3"/>
+                      <a:blip r:link="rId_D2272E"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Whitestown, IN 46075</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-637-7872</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 317-769-7710</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 317-229 6451</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E877C7_1" w:history="1">
+      <w:hyperlink r:id="rId_C63B0E_1" w:history="1">
         <w:tooltip>request info (sales@kattsafe.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@kattsafe.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E877C7_2" w:history="1">
+      <w:hyperlink r:id="rId_C63B0E_2" w:history="1">
         <w:tooltip>https://www.kattsafe.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.kattsafe.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_E877C7_3" w:history="1">
+      <w:hyperlink r:id="rId_C63B0E_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Kattsafe began trading as a family-owned business in 1975 in the United Kingdom. We started an office in the USA in 2008 and have seen rapid and positive growth since.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Our extensive range of safe access products and fall protection systems are primarily designed for rooftop applications. The roof environment is dangerous, and workers are exposed to multiple fall hazards. The rooftop is often considered as out of sight, out of mind. We aim to reverse this theory through education and simplicity. Our goal is to ensure that any worker subjected to working on roofs has maximum safety with minimum fuss.</w:t>
       </w:r>
       <w:r>
@@ -1008,66 +1008,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Whitestown, IN 46075</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-637-7872</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 317-769-7710</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 317-229 6451</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_79FC64_1" w:history="1">
+      <w:hyperlink r:id="rId_5ADBF2_1" w:history="1">
         <w:tooltip>request info (sales@kattsafe.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@kattsafe.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_79FC64_2" w:history="1">
+      <w:hyperlink r:id="rId_5ADBF2_2" w:history="1">
         <w:tooltip>https://www.kattsafe.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.kattsafe.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -4534,81 +4534,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_98D8E3"
+  Id="rId_D2272E"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/fixfast.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E877C7_1"
+  Id="rId_C63B0E_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Kattsafe&amp;message=RE%253A%2520Spec%2520Question%2520(05510kat)%253A%2520&amp;coid=48709&amp;spec=05510kat&amp;rep=&amp;fax=317-229%25206451"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E877C7_2"
+  Id="rId_C63B0E_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.kattsafe.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_E877C7_3"
+  Id="rId_C63B0E_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/kattsafe-48709"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_79FC64_1"
+  Id="rId_5ADBF2_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Kattsafe&amp;message=RE%253A%2520Spec%2520Question%2520(05510kat)%253A%2520&amp;coid=48709&amp;spec=05510kat&amp;rep=&amp;fax=317-229%25206451"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_79FC64_2"
+  Id="rId_5ADBF2_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.kattsafe.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>