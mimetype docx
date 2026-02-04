--- v0 (2025-11-22)
+++ v1 (2026-02-04)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/keyresin.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_78B81F" descr="https://www.arcat.com/clients/gfx/keyresin.png"/>
+              <wp:docPr id="1" name="Picture rId_D87F73" descr="https://www.arcat.com/clients/gfx/keyresin.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_78B81F" descr="https://www.arcat.com/clients/gfx/keyresin.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_D87F73" descr="https://www.arcat.com/clients/gfx/keyresin.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_78B81F"/>
+                      <a:blip r:link="rId_D87F73"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -138,51 +138,51 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Copyright 2010 - 2025 ARCAT, Inc. - All rights reserved</w:t>
+        <w:t>Copyright 2010 - 2026 ARCAT, Inc. - All rights reserved</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Key Resin Co.; Fluid-applied resinous flooring for concrete floors and wall surfacing/coating systems.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> This section is based on the products of Key Resin Co., which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Batavia, OH 45103</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-943-4532</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 513-943-4225</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 513-943-4255</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_40A6B0_1" w:history="1">
+      <w:hyperlink r:id="rId_8B78F1_1" w:history="1">
         <w:tooltip>request info (sales@keyresin.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@keyresin.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_40A6B0_2" w:history="1">
+      <w:hyperlink r:id="rId_8B78F1_2" w:history="1">
         <w:tooltip>https://keyresin.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://keyresin.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_40A6B0_3" w:history="1">
+      <w:hyperlink r:id="rId_8B78F1_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Key Resin Company is a leading international supplier of fluid-applied resinous flooring, epoxy terrazzo, moisture vapor control systems and polymer resin coatings for concrete floors and walls. It is our goal to offer the best in product, experience, service, and expertise in the industry. By accomplishing this goal, we will provide the best possible solutions for your project requirements. This Internet-based catalogue has been designed to provide you with product and system data and specifications for our complete line.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>KEY THIN-SET EPOXY TERRAZZO SYSTEMS are highly decorative flooring systems that exhibit outstanding durability and wear. Installed at 1/4 inch (6 mm) to 3/8 inch (9 mm), KEY EPOXY TERRAZZO has a very low life-cycle cost and contributes to various USGBC LEED points.</w:t>
       </w:r>
       <w:r>
@@ -1325,66 +1325,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Batavia, OH 45103</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-943-4532</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 513-943-4225</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 513-943-4255</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_77928A_1" w:history="1">
+      <w:hyperlink r:id="rId_0DD2B8_1" w:history="1">
         <w:tooltip>request info (sales@keyresin.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@keyresin.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_77928A_2" w:history="1">
+      <w:hyperlink r:id="rId_0DD2B8_2" w:history="1">
         <w:tooltip>https://keyresin.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://keyresin.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -3342,81 +3342,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_78B81F"
+  Id="rId_D87F73"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/keyresin.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_40A6B0_1"
+  Id="rId_8B78F1_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Key%252BResin%252BCo.&amp;message=RE%253A%2520Spec%2520Question%2520(09670krc)%253A%2520&amp;coid=40601&amp;spec=09670krc&amp;rep=&amp;fax=513-943-4255"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_40A6B0_2"
+  Id="rId_8B78F1_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://keyresin.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_40A6B0_3"
+  Id="rId_8B78F1_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/key-resin-co-40601"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_77928A_1"
+  Id="rId_0DD2B8_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Key%252BResin%252BCo.&amp;message=RE%253A%2520Spec%2520Question%2520(09670krc)%253A%2520&amp;coid=40601&amp;spec=09670krc&amp;rep=&amp;fax=513-943-4255"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_77928A_2"
+  Id="rId_0DD2B8_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://keyresin.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>