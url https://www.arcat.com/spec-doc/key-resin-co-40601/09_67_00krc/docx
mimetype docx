--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/keyresin.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_D87F73" descr="https://www.arcat.com/clients/gfx/keyresin.png"/>
+              <wp:docPr id="1" name="Picture rId_B6F11D" descr="https://www.arcat.com/clients/gfx/keyresin.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_D87F73" descr="https://www.arcat.com/clients/gfx/keyresin.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_B6F11D" descr="https://www.arcat.com/clients/gfx/keyresin.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_D87F73"/>
+                      <a:blip r:link="rId_B6F11D"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Batavia, OH 45103</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-943-4532</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 513-943-4225</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 513-943-4255</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8B78F1_1" w:history="1">
+      <w:hyperlink r:id="rId_813E71_1" w:history="1">
         <w:tooltip>request info (sales@keyresin.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@keyresin.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8B78F1_2" w:history="1">
+      <w:hyperlink r:id="rId_813E71_2" w:history="1">
         <w:tooltip>https://keyresin.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://keyresin.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8B78F1_3" w:history="1">
+      <w:hyperlink r:id="rId_813E71_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Key Resin Company is a leading international supplier of fluid-applied resinous flooring, epoxy terrazzo, moisture vapor control systems and polymer resin coatings for concrete floors and walls. It is our goal to offer the best in product, experience, service, and expertise in the industry. By accomplishing this goal, we will provide the best possible solutions for your project requirements. This Internet-based catalogue has been designed to provide you with product and system data and specifications for our complete line.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>KEY THIN-SET EPOXY TERRAZZO SYSTEMS are highly decorative flooring systems that exhibit outstanding durability and wear. Installed at 1/4 inch (6 mm) to 3/8 inch (9 mm), KEY EPOXY TERRAZZO has a very low life-cycle cost and contributes to various USGBC LEED points.</w:t>
       </w:r>
       <w:r>
@@ -1325,66 +1325,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Batavia, OH 45103</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-943-4532</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 513-943-4225</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 513-943-4255</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0DD2B8_1" w:history="1">
+      <w:hyperlink r:id="rId_03F7F0_1" w:history="1">
         <w:tooltip>request info (sales@keyresin.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@keyresin.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0DD2B8_2" w:history="1">
+      <w:hyperlink r:id="rId_03F7F0_2" w:history="1">
         <w:tooltip>https://keyresin.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://keyresin.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -3342,81 +3342,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_D87F73"
+  Id="rId_B6F11D"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/keyresin.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8B78F1_1"
+  Id="rId_813E71_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Key%252BResin%252BCo.&amp;message=RE%253A%2520Spec%2520Question%2520(09670krc)%253A%2520&amp;coid=40601&amp;spec=09670krc&amp;rep=&amp;fax=513-943-4255"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8B78F1_2"
+  Id="rId_813E71_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://keyresin.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8B78F1_3"
+  Id="rId_813E71_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/key-resin-co-40601"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0DD2B8_1"
+  Id="rId_03F7F0_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Key%252BResin%252BCo.&amp;message=RE%253A%2520Spec%2520Question%2520(09670krc)%253A%2520&amp;coid=40601&amp;spec=09670krc&amp;rep=&amp;fax=513-943-4255"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0DD2B8_2"
+  Id="rId_03F7F0_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://keyresin.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>