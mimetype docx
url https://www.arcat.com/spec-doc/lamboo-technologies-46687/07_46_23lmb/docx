--- v0 (2025-11-16)
+++ v1 (2025-12-08)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/lamboo.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_1BF313" descr="https://www.arcat.com/clients/gfx/lamboo.png"/>
+              <wp:docPr id="1" name="Picture rId_BEA676" descr="https://www.arcat.com/clients/gfx/lamboo.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_1BF313" descr="https://www.arcat.com/clients/gfx/lamboo.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_BEA676" descr="https://www.arcat.com/clients/gfx/lamboo.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_1BF313"/>
+                      <a:blip r:link="rId_BEA676"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>P. O. Box 195</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Litchfield, IL 62056</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 866-966-2999</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 217-250-2198</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2BCC31_1" w:history="1">
+      <w:hyperlink r:id="rId_534F4A_1" w:history="1">
         <w:tooltip>request info (jeran@lamboo.us) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (jeran@lamboo.us)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2BCC31_2" w:history="1">
+      <w:hyperlink r:id="rId_534F4A_2" w:history="1">
         <w:tooltip>https://www.lamboo.us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.lamboo.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2BCC31_3" w:history="1">
+      <w:hyperlink r:id="rId_534F4A_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Lamboo is a US-based manufacturer and supplier of full architectural product solutions utilizing one of the most rapidly renewable resources on the planet, bamboo. Lamboo has taken its initial development of structural and exterior grade products and expanded its technology into a variety of other architectural, building, and OEM product solutions.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Lamboo continues to focus on developing state-of-the art architectural bamboo products and systems for the building industry. Now separated into 3 categories, you can specify Lamboo within Interiors, Exteriors and Structural Applications. Lamboo also offers services that include: CNC Milling, Molding, Custom Millwork, Finishing, Shop Drawings and Project Consultation. From small residential projects to large multi-phase commercial projects, Lamboo has a solution for you.</w:t>
       </w:r>
       <w:r>
@@ -1417,66 +1417,66 @@
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>MANUFACTURERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Lamboo Technologies, which is located at: P. O. Box 195; Litchfield, IL 62056; ASD Toll Free Tel: 866-966-2999; Fax: 217-250-2198; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_90FF9F_1" w:history="1">
+      <w:hyperlink r:id="rId_135745_1" w:history="1">
         <w:tooltip>request info downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>; Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_90FF9F_2" w:history="1">
+      <w:hyperlink r:id="rId_135745_2" w:history="1">
         <w:tooltip>https://www.lamboo.us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.lamboo.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -6099,81 +6099,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_1BF313"
+  Id="rId_BEA676"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/lamboo.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2BCC31_1"
+  Id="rId_534F4A_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Lamboo%252BTechnologies&amp;message=RE%253A%2520Spec%2520Question%2520(07435lmb)%253A%2520&amp;coid=46687&amp;spec=07435lmb&amp;rep=&amp;fax=217-250-2198"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2BCC31_2"
+  Id="rId_534F4A_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.lamboo.us"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2BCC31_3"
+  Id="rId_534F4A_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/lamboo-technologies-46687"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_90FF9F_1"
+  Id="rId_135745_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://admin.arcat.com/users.pl?action=UserEmail&amp;company=Lamboo+Technologies&amp;coid=46687&amp;rep=&amp;fax=217-250-2198&amp;message=RE:%2520Spec%2520Question%2520(07435lmb):%2520%2520&amp;mf="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_90FF9F_2"
+  Id="rId_135745_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.lamboo.us"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>