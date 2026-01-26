--- v1 (2025-12-08)
+++ v2 (2026-01-26)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/lamboo.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_BEA676" descr="https://www.arcat.com/clients/gfx/lamboo.png"/>
+              <wp:docPr id="1" name="Picture rId_A2B065" descr="https://www.arcat.com/clients/gfx/lamboo.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_BEA676" descr="https://www.arcat.com/clients/gfx/lamboo.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_A2B065" descr="https://www.arcat.com/clients/gfx/lamboo.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_BEA676"/>
+                      <a:blip r:link="rId_A2B065"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>P. O. Box 195</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Litchfield, IL 62056</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 866-966-2999</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 217-250-2198</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_534F4A_1" w:history="1">
+      <w:hyperlink r:id="rId_E79EF7_1" w:history="1">
         <w:tooltip>request info (jeran@lamboo.us) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (jeran@lamboo.us)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_534F4A_2" w:history="1">
+      <w:hyperlink r:id="rId_E79EF7_2" w:history="1">
         <w:tooltip>https://www.lamboo.us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.lamboo.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_534F4A_3" w:history="1">
+      <w:hyperlink r:id="rId_E79EF7_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Lamboo is a US-based manufacturer and supplier of full architectural product solutions utilizing one of the most rapidly renewable resources on the planet, bamboo. Lamboo has taken its initial development of structural and exterior grade products and expanded its technology into a variety of other architectural, building, and OEM product solutions.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Lamboo continues to focus on developing state-of-the art architectural bamboo products and systems for the building industry. Now separated into 3 categories, you can specify Lamboo within Interiors, Exteriors and Structural Applications. Lamboo also offers services that include: CNC Milling, Molding, Custom Millwork, Finishing, Shop Drawings and Project Consultation. From small residential projects to large multi-phase commercial projects, Lamboo has a solution for you.</w:t>
       </w:r>
       <w:r>
@@ -1417,66 +1417,66 @@
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>MANUFACTURERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Lamboo Technologies, which is located at: P. O. Box 195; Litchfield, IL 62056; ASD Toll Free Tel: 866-966-2999; Fax: 217-250-2198; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_135745_1" w:history="1">
+      <w:hyperlink r:id="rId_B70337_1" w:history="1">
         <w:tooltip>request info downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>; Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_135745_2" w:history="1">
+      <w:hyperlink r:id="rId_B70337_2" w:history="1">
         <w:tooltip>https://www.lamboo.us downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.lamboo.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -6099,81 +6099,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_BEA676"
+  Id="rId_A2B065"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/lamboo.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_534F4A_1"
+  Id="rId_E79EF7_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Lamboo%252BTechnologies&amp;message=RE%253A%2520Spec%2520Question%2520(07435lmb)%253A%2520&amp;coid=46687&amp;spec=07435lmb&amp;rep=&amp;fax=217-250-2198"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_534F4A_2"
+  Id="rId_E79EF7_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.lamboo.us"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_534F4A_3"
+  Id="rId_E79EF7_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/lamboo-technologies-46687"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_135745_1"
+  Id="rId_B70337_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://admin.arcat.com/users.pl?action=UserEmail&amp;company=Lamboo+Technologies&amp;coid=46687&amp;rep=&amp;fax=217-250-2198&amp;message=RE:%2520Spec%2520Question%2520(07435lmb):%2520%2520&amp;mf="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_135745_2"
+  Id="rId_B70337_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.lamboo.us"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>