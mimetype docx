--- v0 (2025-11-18)
+++ v1 (2026-03-06)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/linear_interior.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3048000" cy="1524000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_6949A2" descr="https://www.arcat.com/clients/gfx/linear_interior.png"/>
+              <wp:docPr id="1" name="Picture rId_4FF324" descr="https://www.arcat.com/clients/gfx/linear_interior.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_6949A2" descr="https://www.arcat.com/clients/gfx/linear_interior.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_4FF324" descr="https://www.arcat.com/clients/gfx/linear_interior.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_6949A2"/>
+                      <a:blip r:link="rId_4FF324"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3048000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1 Saramia Crescent</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Concord, ON, Canada  L4K 3S6</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 905-265-0055</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 905-265-0035</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_066AFF_1" w:history="1">
+      <w:hyperlink r:id="rId_228306_1" w:history="1">
         <w:tooltip>request info (info@linearinteriorsystems.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@linearinteriorsystems.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_066AFF_2" w:history="1">
+      <w:hyperlink r:id="rId_228306_2" w:history="1">
         <w:tooltip>https://www.linearinteriorsystems.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.linearinteriorsystems.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_066AFF_3" w:history="1">
+      <w:hyperlink r:id="rId_228306_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Welcome to Linear Interior Systems where design, innovative interior solutions and collaboration come together. We specialize in partnering with Architects, Designers, and developers to elevate their projects to new heights. With a comprehensive offering of cutting-edge sliding systems, versatile wall partitions, precision-engineered door hardware, and elegant bath accessories, we're your destination for transforming spaces into works of art. Our commitment to excellence, coupled with our dedication to delivering tailor-made solutions, ensures that your vision is brought to life with unparalleled style and functionality. Our robust European brand partnerships enable us to introduce Italian quality and style to the North America market. These brands are exclusively accessible through Linear Interior Systems and our authorized dealers.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Join us in redefining interior possibilities and creating spaces that leave a lasting impression.</w:t>
       </w:r>
     </w:p>
@@ -820,66 +820,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>1 Saramia Crescent</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Concord, ON, Canada  L4K 3S6</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 905-265-0055</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 905-265-0035</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9A9A2F_1" w:history="1">
+      <w:hyperlink r:id="rId_19784C_1" w:history="1">
         <w:tooltip>request info (info@linearinteriorsystems.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@linearinteriorsystems.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9A9A2F_2" w:history="1">
+      <w:hyperlink r:id="rId_19784C_2" w:history="1">
         <w:tooltip>https://www.linearinteriorsystems.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.linearinteriorsystems.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -5110,81 +5110,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_6949A2"
+  Id="rId_4FF324"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/linear_interior.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_066AFF_1"
+  Id="rId_228306_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Linear%252BInterior%252BSystems%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(08180lnr)%253A%2520&amp;coid=53939&amp;spec=08180lnr&amp;rep=&amp;fax=905-265-0035"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_066AFF_2"
+  Id="rId_228306_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.linearinteriorsystems.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_066AFF_3"
+  Id="rId_228306_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/linear-interior-systems-inc-53939"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9A9A2F_1"
+  Id="rId_19784C_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Linear%252BInterior%252BSystems%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(08180lnr)%253A%2520&amp;coid=53939&amp;spec=08180lnr&amp;rep=&amp;fax=905-265-0035"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9A9A2F_2"
+  Id="rId_19784C_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.linearinteriorsystems.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>