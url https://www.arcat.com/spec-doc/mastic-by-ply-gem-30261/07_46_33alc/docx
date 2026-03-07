--- v0 (2026-02-12)
+++ v1 (2026-03-07)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/alcoa.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2857500" cy="1428750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_2D17F0" descr="https://www.arcat.com/clients/gfx/alcoa.png"/>
+              <wp:docPr id="1" name="Picture rId_CA7F63" descr="https://www.arcat.com/clients/gfx/alcoa.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_2D17F0" descr="https://www.arcat.com/clients/gfx/alcoa.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_CA7F63" descr="https://www.arcat.com/clients/gfx/alcoa.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_2D17F0"/>
+                      <a:blip r:link="rId_CA7F63"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2857500" cy="1428750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>5020 Weston Pkwy., Suite 400 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Cary, NC 27513</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-975-9436</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 866-656-1900</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_766D4E_1" w:history="1">
+      <w:hyperlink r:id="rId_A432B8_1" w:history="1">
         <w:tooltip>request info (Jamie.Heath@cornerstone-bb.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (Jamie.Heath@cornerstone-bb.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_766D4E_2" w:history="1">
+      <w:hyperlink r:id="rId_A432B8_2" w:history="1">
         <w:tooltip>https://www.plygem.com/mastic downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.plygem.com/mastic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_766D4E_3" w:history="1">
+      <w:hyperlink r:id="rId_A432B8_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Cornerstone Building Brands is the largest manufacturer of exterior building products for residential and low-rise non-residential buildings in North America. Headquartered in Cary, North Carolina, the organization serves residential and commercial customers across new construction and repair and remodel markets. As the No.1 manufacturer of vinyl windows (Ply Gem, Silver Line, Simonton, Atrium, American Craftsman, Great Lakes), vinyl siding (Mastic, Variform, Ply Gem Performance Collection), stone (Canyon Stone, Environmental Stoneworks and Ply Gem Stone) insulated metal panels (CENTRIA and Metl-Span), metal roofing (MBCI, American Building Components, Metl-Span, Metal Depots), metal wall systems (Star Building Systems, Ceco Building Systems, Metallic Building Systems, A&amp;S Building Systems, Mesco Building Systems, Heritage Building Systems, Robertson Building Systems), and metal accessories (Metl-span, Centria, MBCI, American Building Components, Metal Depots), Cornerstone Building Brands combines a comprehensive portfolio of products with an expansive national footprint that includes approximately 20,500 employees at manufacturing, distribution and office locations throughout North America.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1181,66 +1181,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>5020 Weston Pkwy., Suite 400 </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Cary, NC 27513</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-975-9436</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 866-656-1900</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_A8987D_1" w:history="1">
+      <w:hyperlink r:id="rId_6B0484_1" w:history="1">
         <w:tooltip>request info (Jamie.Heath@cornerstone-bb.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (Jamie.Heath@cornerstone-bb.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_A8987D_2" w:history="1">
+      <w:hyperlink r:id="rId_6B0484_2" w:history="1">
         <w:tooltip>https://www.plygem.com/mastic downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.plygem.com/mastic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -5701,81 +5701,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_2D17F0"
+  Id="rId_CA7F63"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/alcoa.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_766D4E_1"
+  Id="rId_A432B8_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Mastic%252Bby%252BPly%252BGem&amp;message=RE%253A%2520Spec%2520Question%2520(07464alc)%253A%2520&amp;coid=30261&amp;spec=07464alc&amp;rep=&amp;fax=866-656-1900"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_766D4E_2"
+  Id="rId_A432B8_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.plygem.com/mastic"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_766D4E_3"
+  Id="rId_A432B8_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/mastic-by-ply-gem-30261"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_A8987D_1"
+  Id="rId_6B0484_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Mastic%252Bby%252BPly%252BGem&amp;message=RE%253A%2520Spec%2520Question%2520(07464alc)%253A%2520&amp;coid=30261&amp;spec=07464alc&amp;rep=&amp;fax=866-656-1900"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_A8987D_2"
+  Id="rId_6B0484_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.plygem.com/mastic"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>