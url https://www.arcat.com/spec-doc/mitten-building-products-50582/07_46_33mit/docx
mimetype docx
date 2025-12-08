--- v0 (2025-11-16)
+++ v1 (2025-12-08)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/plygemcanada.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_C71427" descr="https://www.arcat.com/clients/gfx/plygemcanada.png"/>
+              <wp:docPr id="1" name="Picture rId_121117" descr="https://www.arcat.com/clients/gfx/plygemcanada.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_C71427" descr="https://www.arcat.com/clients/gfx/plygemcanada.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_121117" descr="https://www.arcat.com/clients/gfx/plygemcanada.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_C71427"/>
+                      <a:blip r:link="rId_121117"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,91 +181,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of MITTEN Building Products, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>5A - 225 Henry St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Brantford, ON, Canada N3S 7R4</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-648-8364</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2F4D9B_1" w:history="1">
+      <w:hyperlink r:id="rId_149A50_1" w:history="1">
         <w:tooltip>request info (marketing@mittenbp.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (marketing@mittenbp.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2F4D9B_2" w:history="1">
+      <w:hyperlink r:id="rId_149A50_2" w:history="1">
         <w:tooltip>https://www.mittensiding.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.mittensiding.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2F4D9B_3" w:history="1">
+      <w:hyperlink r:id="rId_149A50_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>MITTEN Building Products is the original Canadian manufacturer and market leader of vinyl siding. Our continued focus on operational excellence has set the industry benchmark for service, quality, performance and design, backed by the best in class life time warranty.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>As a coast to coast distributor of premium exterior building products we are the link between architects, builders and installers providing an endless variety of business and design solutions. As part of the Cornerstone Building Brands family, we are the largest manufacturer of exterior building products in North America.</w:t>
       </w:r>
       <w:r>
@@ -1627,66 +1627,66 @@
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>MANUFACTURERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: MITTEN Building Products, which is located at: 5A - 225 Henry St.; Brantford, ON, Canada N3S 7R4; ASD Toll Free Tel: 888-648-8364; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_19A279_1" w:history="1">
+      <w:hyperlink r:id="rId_8FF005_1" w:history="1">
         <w:tooltip>request info downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>; Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_19A279_2" w:history="1">
+      <w:hyperlink r:id="rId_8FF005_2" w:history="1">
         <w:tooltip>https://www.mittensiding.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.mittensiding.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -10099,81 +10099,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_C71427"
+  Id="rId_121117"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/plygemcanada.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2F4D9B_1"
+  Id="rId_149A50_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=MITTEN%252BBuilding%252BProducts&amp;message=RE%253A%2520Spec%2520Question%2520(07464mit)%253A%2520&amp;coid=50582&amp;spec=07464mit&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2F4D9B_2"
+  Id="rId_149A50_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.mittensiding.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2F4D9B_3"
+  Id="rId_149A50_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/mitten-building-products-50582"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_19A279_1"
+  Id="rId_8FF005_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://admin.arcat.com/users.pl?action=UserEmail&amp;company=MITTEN+Building+Products&amp;coid=50582&amp;rep=&amp;fax=&amp;message=RE:%2520Spec%2520Question%2520(07464mit):%2520%2520&amp;mf="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_19A279_2"
+  Id="rId_8FF005_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.mittensiding.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>