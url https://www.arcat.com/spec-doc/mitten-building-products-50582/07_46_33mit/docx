--- v1 (2025-12-08)
+++ v2 (2026-01-14)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/plygemcanada.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_121117" descr="https://www.arcat.com/clients/gfx/plygemcanada.png"/>
+              <wp:docPr id="1" name="Picture rId_EE2319" descr="https://www.arcat.com/clients/gfx/plygemcanada.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_121117" descr="https://www.arcat.com/clients/gfx/plygemcanada.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_EE2319" descr="https://www.arcat.com/clients/gfx/plygemcanada.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_121117"/>
+                      <a:blip r:link="rId_EE2319"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,91 +181,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of MITTEN Building Products, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>5A - 225 Henry St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Brantford, ON, Canada N3S 7R4</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-648-8364</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_149A50_1" w:history="1">
+      <w:hyperlink r:id="rId_C980BE_1" w:history="1">
         <w:tooltip>request info (marketing@mittenbp.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (marketing@mittenbp.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_149A50_2" w:history="1">
+      <w:hyperlink r:id="rId_C980BE_2" w:history="1">
         <w:tooltip>https://www.mittensiding.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.mittensiding.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_149A50_3" w:history="1">
+      <w:hyperlink r:id="rId_C980BE_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>MITTEN Building Products is the original Canadian manufacturer and market leader of vinyl siding. Our continued focus on operational excellence has set the industry benchmark for service, quality, performance and design, backed by the best in class life time warranty.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>As a coast to coast distributor of premium exterior building products we are the link between architects, builders and installers providing an endless variety of business and design solutions. As part of the Cornerstone Building Brands family, we are the largest manufacturer of exterior building products in North America.</w:t>
       </w:r>
       <w:r>
@@ -1627,66 +1627,66 @@
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>MANUFACTURERS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: MITTEN Building Products, which is located at: 5A - 225 Henry St.; Brantford, ON, Canada N3S 7R4; ASD Toll Free Tel: 888-648-8364; Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8FF005_1" w:history="1">
+      <w:hyperlink r:id="rId_9DE8C7_1" w:history="1">
         <w:tooltip>request info downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>; Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8FF005_2" w:history="1">
+      <w:hyperlink r:id="rId_9DE8C7_2" w:history="1">
         <w:tooltip>https://www.mittensiding.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.mittensiding.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -10099,81 +10099,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_121117"
+  Id="rId_EE2319"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/plygemcanada.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_149A50_1"
+  Id="rId_C980BE_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=MITTEN%252BBuilding%252BProducts&amp;message=RE%253A%2520Spec%2520Question%2520(07464mit)%253A%2520&amp;coid=50582&amp;spec=07464mit&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_149A50_2"
+  Id="rId_C980BE_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.mittensiding.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_149A50_3"
+  Id="rId_C980BE_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/mitten-building-products-50582"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8FF005_1"
+  Id="rId_9DE8C7_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://admin.arcat.com/users.pl?action=UserEmail&amp;company=MITTEN+Building+Products&amp;coid=50582&amp;rep=&amp;fax=&amp;message=RE:%2520Spec%2520Question%2520(07464mit):%2520%2520&amp;mf="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8FF005_2"
+  Id="rId_9DE8C7_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.mittensiding.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>