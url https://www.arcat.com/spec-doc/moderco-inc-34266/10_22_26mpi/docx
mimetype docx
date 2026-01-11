--- v0 (2025-12-19)
+++ v1 (2026-01-11)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/moderco.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_703DEF" descr="https://www.arcat.com/clients/gfx/moderco.png"/>
+              <wp:docPr id="1" name="Picture rId_E4C8C6" descr="https://www.arcat.com/clients/gfx/moderco.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_703DEF" descr="https://www.arcat.com/clients/gfx/moderco.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_E4C8C6" descr="https://www.arcat.com/clients/gfx/moderco.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_703DEF"/>
+                      <a:blip r:link="rId_E4C8C6"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -180,91 +180,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>St-Hubert, QC, Canada J3Y 1R4</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-363-3150</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 450-641-3150</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 450-641-4965</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_562269_1" w:history="1">
+      <w:hyperlink r:id="rId_0C5A33_1" w:history="1">
         <w:tooltip>request info (info@moderco.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@moderco.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_562269_2" w:history="1">
+      <w:hyperlink r:id="rId_0C5A33_2" w:history="1">
         <w:tooltip>https://www.moderco.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.moderco.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_562269_3" w:history="1">
+      <w:hyperlink r:id="rId_0C5A33_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Moderco is considered to be one of the North America's leading manufacturers of acoustic operable partitions and associated complementary products and features. We have been designing, manufacturing, and selling moveable partition systems through a worldwide network of trained distributor partners for well over 40 years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1052,66 +1052,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>St-Hubert, QC, Canada J3Y 1R4</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-363-3150</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 450-641-3150</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 450-641-4965</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_7B9774_1" w:history="1">
+      <w:hyperlink r:id="rId_B9BE00_1" w:history="1">
         <w:tooltip>request info (info@moderco.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@moderco.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_7B9774_2" w:history="1">
+      <w:hyperlink r:id="rId_B9BE00_2" w:history="1">
         <w:tooltip>https://www.moderco.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.moderco.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -14894,81 +14894,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_703DEF"
+  Id="rId_E4C8C6"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/moderco.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_562269_1"
+  Id="rId_0C5A33_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Moderco%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(10650mpi)%253A%2520&amp;coid=34266&amp;spec=10650mpi&amp;rep=&amp;fax=450-641-4965"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_562269_2"
+  Id="rId_0C5A33_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.moderco.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_562269_3"
+  Id="rId_0C5A33_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/moderco-inc-34266"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_7B9774_1"
+  Id="rId_B9BE00_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Moderco%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(10650mpi)%253A%2520&amp;coid=34266&amp;spec=10650mpi&amp;rep=&amp;fax=450-641-4965"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_7B9774_2"
+  Id="rId_B9BE00_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.moderco.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>