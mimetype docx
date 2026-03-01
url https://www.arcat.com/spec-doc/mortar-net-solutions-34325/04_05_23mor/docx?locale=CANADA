--- v0 (2026-01-14)
+++ v1 (2026-03-01)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/mortarne.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2476500" cy="1238250"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_25B5D3" descr="https://www.arcat.com/clients/gfx/mortarne.png"/>
+              <wp:docPr id="1" name="Picture rId_A27DE8" descr="https://www.arcat.com/clients/gfx/mortarne.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_25B5D3" descr="https://www.arcat.com/clients/gfx/mortarne.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_A27DE8" descr="https://www.arcat.com/clients/gfx/mortarne.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_25B5D3"/>
+                      <a:blip r:link="rId_A27DE8"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2476500" cy="1238250"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,96 +186,96 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>6575 Daniel Burnham Dr., Suite G</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Portage, IN 46368</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-664-6638</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 219-787-5088</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0ECEEE_1" w:history="1">
+      <w:hyperlink r:id="rId_5325C6_1" w:history="1">
         <w:tooltip>request info (abrooks@mortarnet.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (abrooks@mortarnet.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0ECEEE_2" w:history="1">
+      <w:hyperlink r:id="rId_5325C6_2" w:history="1">
         <w:tooltip>http://www.mortarnet.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.mortarnet.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0ECEEE_3" w:history="1">
+      <w:hyperlink r:id="rId_5325C6_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Mortar Net Solutions is the industry-leading mortar dropping collection device. Made from a 90 percent open-weave mesh with a patented Insect Barrier, it prevents mortar droppings from clogging weep holes in masonry cavity wall construction by catching and suspending mortar droppings and other debris on two levels above the flashing and weep holes. It prevents the mortar from forming a barrier against necessary water flow, allowing for the free migration of moisture in the cavity to the flashing and out of the weep holes.</w:t>
       </w:r>
       <w:r>
@@ -815,66 +815,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>6575 Daniel Burnham Dr., Suite G</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Portage, IN 46368</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-664-6638</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 219-787-5088</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3739E0_1" w:history="1">
+      <w:hyperlink r:id="rId_C1AD9E_1" w:history="1">
         <w:tooltip>request info (abrooks@mortarnet.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (abrooks@mortarnet.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_3739E0_2" w:history="1">
+      <w:hyperlink r:id="rId_C1AD9E_2" w:history="1">
         <w:tooltip>http://www.mortarnet.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.mortarnet.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -4475,81 +4475,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_25B5D3"
+  Id="rId_A27DE8"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/mortarne.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0ECEEE_1"
+  Id="rId_5325C6_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Mortar%252BNet%252BSolutions%25C2%25AE&amp;message=RE%253A%2520Spec%2520Question%2520(04090mor)%253A%2520&amp;coid=34325&amp;spec=04090mor&amp;rep=&amp;fax=219-787-5088"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0ECEEE_2"
+  Id="rId_5325C6_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.mortarnet.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0ECEEE_3"
+  Id="rId_5325C6_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/mortar-net-solutions-34325"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3739E0_1"
+  Id="rId_C1AD9E_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Mortar%252BNet%252BSolutions%25C2%25AE&amp;message=RE%253A%2520Spec%2520Question%2520(04090mor)%253A%2520&amp;coid=34325&amp;spec=04090mor&amp;rep=&amp;fax=219-787-5088"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_3739E0_2"
+  Id="rId_C1AD9E_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.mortarnet.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>