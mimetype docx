--- v0 (2025-12-18)
+++ v1 (2026-03-06)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/nationwi.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2190750" cy="657225"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_AF3E70" descr="https://www.arcat.com/clients/gfx/nationwi.png"/>
+              <wp:docPr id="1" name="Picture rId_7F3DAA" descr="https://www.arcat.com/clients/gfx/nationwi.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_AF3E70" descr="https://www.arcat.com/clients/gfx/nationwi.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_7F3DAA" descr="https://www.arcat.com/clients/gfx/nationwi.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_AF3E70"/>
+                      <a:blip r:link="rId_7F3DAA"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2190750" cy="657225"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -181,91 +181,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of Nationwide Lifts, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>6181 Thompson Rd.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Syracuse, NY 13206</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-323-8755</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_78CA3A_1" w:history="1">
+      <w:hyperlink r:id="rId_CA64FA_1" w:history="1">
         <w:tooltip>request info (info@nwlifts.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@nwlifts.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_78CA3A_2" w:history="1">
+      <w:hyperlink r:id="rId_CA64FA_2" w:history="1">
         <w:tooltip>https://www.elevators.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.elevators.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_78CA3A_3" w:history="1">
+      <w:hyperlink r:id="rId_CA64FA_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Nationwide Lifts has the most complete and innovative product line in the industry. We strive to develop new products and partnerships, giving homes and businesses exactly what they need. With our network of offices and affiliates, Nationwide Lifts is capable of fulfilling your elevator needs anywhere in North America!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1453,66 +1453,66 @@
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Acceptable Manufacturer: Nationwide Lifts, which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>6181 Thompson Rd.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Syracuse, NY 13206</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 888-323-8755</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_D23F9C_1" w:history="1">
+      <w:hyperlink r:id="rId_46881F_1" w:history="1">
         <w:tooltip>request info (info@nwlifts.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@nwlifts.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_D23F9C_2" w:history="1">
+      <w:hyperlink r:id="rId_46881F_2" w:history="1">
         <w:tooltip>https://www.elevators.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.elevators.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER **  Substitutions are not allowed if specifying The Artisan Elevator or the Artisan Birdcage Elevator. </w:t>
       </w:r>
     </w:p>
@@ -15869,81 +15869,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_AF3E70"
+  Id="rId_7F3DAA"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/nationwi.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_78CA3A_1"
+  Id="rId_CA64FA_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Nationwide%252BLifts&amp;message=RE%253A%2520Spec%2520Question%2520(14202nwl)%253A%2520&amp;coid=49670&amp;spec=14202nwl&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_78CA3A_2"
+  Id="rId_CA64FA_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.elevators.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_78CA3A_3"
+  Id="rId_CA64FA_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/nationwide-lifts-49670"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_D23F9C_1"
+  Id="rId_46881F_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Nationwide%252BLifts&amp;message=RE%253A%2520Spec%2520Question%2520(14202nwl)%253A%2520&amp;coid=49670&amp;spec=14202nwl&amp;rep=&amp;fax="
   TargetMode="External"
 />
 <Relationship
-  Id="rId_D23F9C_2"
+  Id="rId_46881F_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.elevators.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>