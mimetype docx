--- v0 (2025-11-18)
+++ v1 (2026-02-26)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/newtechwood.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_69DF9F" descr="https://www.arcat.com/clients/gfx/newtechwood.png"/>
+              <wp:docPr id="1" name="Picture rId_91A82E" descr="https://www.arcat.com/clients/gfx/newtechwood.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_69DF9F" descr="https://www.arcat.com/clients/gfx/newtechwood.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_91A82E" descr="https://www.arcat.com/clients/gfx/newtechwood.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_69DF9F"/>
+                      <a:blip r:link="rId_91A82E"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Houston, TX 77032</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 866-728-5273</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 281-570-6450</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 281-661-1167</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8E2B03_1" w:history="1">
+      <w:hyperlink r:id="rId_660D31_1" w:history="1">
         <w:tooltip>request info (inquiry@newtechwood.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (inquiry@newtechwood.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8E2B03_2" w:history="1">
+      <w:hyperlink r:id="rId_660D31_2" w:history="1">
         <w:tooltip>https://www.newtechwood.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.newtechwood.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8E2B03_3" w:history="1">
+      <w:hyperlink r:id="rId_660D31_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>NewTechWood is a pioneer in the development and manufacture of composite decking, siding, deck tiles, railing, and other outdoor products. Since its beginnings in 2004, NewTechWood has been on the cutting edge in wood plastic composite technology, to develop products that bring beauty and practicality to spaces worldwide.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>NewTechWood has earned a worldwide reputation for our manufacture of attractive, innovative, and dependable wood plastic composite materials in a range of great color.</w:t>
       </w:r>
       <w:r>
@@ -1163,66 +1163,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Houston, TX 77032</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 866-728-5273</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 281-570-6450</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 281-661-1167</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2E421D_1" w:history="1">
+      <w:hyperlink r:id="rId_EEA762_1" w:history="1">
         <w:tooltip>request info (inquiry@newtechwood.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (inquiry@newtechwood.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2E421D_2" w:history="1">
+      <w:hyperlink r:id="rId_EEA762_2" w:history="1">
         <w:tooltip>https://www.newtechwood.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.newtechwood.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -3023,81 +3023,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_69DF9F"
+  Id="rId_91A82E"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/newtechwood.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8E2B03_1"
+  Id="rId_660D31_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=NewTechWood%252BAmerica%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(06700ntw)%253A%2520&amp;coid=52279&amp;spec=06700ntw&amp;rep=&amp;fax=281-661-1167"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8E2B03_2"
+  Id="rId_660D31_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.newtechwood.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8E2B03_3"
+  Id="rId_660D31_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/newtechwood-america-inc-52279"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2E421D_1"
+  Id="rId_EEA762_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=NewTechWood%252BAmerica%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(06700ntw)%253A%2520&amp;coid=52279&amp;spec=06700ntw&amp;rep=&amp;fax=281-661-1167"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2E421D_2"
+  Id="rId_EEA762_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.newtechwood.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>