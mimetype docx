--- v0 (2025-11-23)
+++ v1 (2026-03-19)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/northern_facades.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_AABBCE" descr="https://www.arcat.com/clients/gfx/northern_facades.png"/>
+              <wp:docPr id="1" name="Picture rId_9A9689" descr="https://www.arcat.com/clients/gfx/northern_facades.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_AABBCE" descr="https://www.arcat.com/clients/gfx/northern_facades.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_9A9689" descr="https://www.arcat.com/clients/gfx/northern_facades.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_AABBCE"/>
+                      <a:blip r:link="rId_9A9689"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Mississauga, ON, Canada L4V 1K2</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 844-740-2050</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 905-740-2050</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 905-740-2054</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_7F1687_1" w:history="1">
+      <w:hyperlink r:id="rId_E2AE16_1" w:history="1">
         <w:tooltip>request info (info@isoclips.com ) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@isoclips.com )</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_7F1687_2" w:history="1">
+      <w:hyperlink r:id="rId_E2AE16_2" w:history="1">
         <w:tooltip>https://www.northernfacades.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.northernfacades.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_7F1687_3" w:history="1">
+      <w:hyperlink r:id="rId_E2AE16_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Northern Facades Ltd, is a leading supply only fabricator of architectural rain screen panel systems in plate aluminum, MCM- composite, exotic metals, Laminam ceramic as well as high performance unitized glazing systems. We are experts in design assist, engineering, custom systems design, drafting, manufacturing, testing, value engineering, and project management. We partner with the building envelope community to deliver engineered, designed, code-compliant fabricated systems to building owners, who can experience and enjoy the integrity, performance and longevity of beautiful facades.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Born of total building envelope construction contracting we have a unique perspective and understanding compared to most manufacturers and suppliers, we have a proven track record taking architectural design from concept to reality wining International recognition.</w:t>
       </w:r>
       <w:r>
@@ -1489,66 +1489,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Mississauga, ON, Canada L4V 1K2</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 844-740-2050</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 905-740-2050</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 905-740-2054</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_AEEA7C_1" w:history="1">
+      <w:hyperlink r:id="rId_818E6D_1" w:history="1">
         <w:tooltip>request info (info@isoclips.com ) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@isoclips.com )</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_AEEA7C_2" w:history="1">
+      <w:hyperlink r:id="rId_818E6D_2" w:history="1">
         <w:tooltip>https://www.northernfacades.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.northernfacades.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -4769,51 +4769,51 @@
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Permitted Products: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Duranar XL by PPG Industries; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_97EEC6_1" w:history="1">
+      <w:hyperlink r:id="rId_07E6F6_1" w:history="1">
         <w:tooltip>www.ppgideascapes.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.ppgideascapes.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -5176,80 +5176,80 @@
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Permitted Products:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Duranar by PPG Industries; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9738C3_1" w:history="1">
+      <w:hyperlink r:id="rId_4DFDB7_1" w:history="1">
         <w:tooltip>www.ppgideascapes.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.ppgideascapes.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Fluropon by Sherwin-Williams Coil Coatings; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_6EA0CA_1" w:history="1">
+      <w:hyperlink r:id="rId_D71A11_1" w:history="1">
         <w:tooltip>www.coil.sherwin.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.coil.sherwin.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -8658,99 +8658,99 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_AABBCE"
+  Id="rId_9A9689"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/northern_facades.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_7F1687_1"
+  Id="rId_E2AE16_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Northern%252BFacades%252B-%252BISOclip&amp;message=RE%253A%2520Spec%2520Question%2520(07420nfl)%253A%2520&amp;coid=50965&amp;spec=07420nfl&amp;rep=&amp;fax=905-740-2054"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_7F1687_2"
+  Id="rId_E2AE16_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.northernfacades.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_7F1687_3"
+  Id="rId_E2AE16_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/northern-facades-isoclip-50965"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_AEEA7C_1"
+  Id="rId_818E6D_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Northern%252BFacades%252B-%252BISOclip&amp;message=RE%253A%2520Spec%2520Question%2520(07420nfl)%253A%2520&amp;coid=50965&amp;spec=07420nfl&amp;rep=&amp;fax=905-740-2054"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_AEEA7C_2"
+  Id="rId_818E6D_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.northernfacades.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_97EEC6_1"
+  Id="rId_07E6F6_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.ppgideascapes.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9738C3_1"
+  Id="rId_4DFDB7_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.ppgideascapes.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_6EA0CA_1"
+  Id="rId_D71A11_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.coil.sherwin.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>