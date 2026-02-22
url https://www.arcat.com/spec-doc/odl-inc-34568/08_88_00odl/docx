--- v0 (2025-12-05)
+++ v1 (2026-02-22)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/odl.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3429000" cy="1714500"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_DE82E9" descr="https://www.arcat.com/clients/gfx/odl.png"/>
+              <wp:docPr id="1" name="Picture rId_6238BD" descr="https://www.arcat.com/clients/gfx/odl.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_DE82E9" descr="https://www.arcat.com/clients/gfx/odl.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_6238BD" descr="https://www.arcat.com/clients/gfx/odl.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_DE82E9"/>
+                      <a:blip r:link="rId_6238BD"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3429000" cy="1714500"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -138,51 +138,51 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATTitle"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Copyright 2025 - 2025 ARCAT, Inc. - All rights reserved</w:t>
+        <w:t>Copyright 2025 - 2026 ARCAT, Inc. - All rights reserved</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** ODL, Inc.; Entry doors, enclosed blinds, and custom glass.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This section is based on the products of ODL, Inc., which is located at:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
@@ -191,91 +191,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Zeeland, MI 49464-1239</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-253-3900</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 616-772-9111</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 616-772-9110</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_52DC1B_1" w:history="1">
+      <w:hyperlink r:id="rId_377BD0_1" w:history="1">
         <w:tooltip>request info (doorglass_info@odl.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (doorglass_info@odl.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_52DC1B_2" w:history="1">
+      <w:hyperlink r:id="rId_377BD0_2" w:history="1">
         <w:tooltip>https://www.odl.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.odl.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_52DC1B_3" w:history="1">
+      <w:hyperlink r:id="rId_377BD0_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>ODL, Inc. was founded in 1945, and its corporate headquarters are in Zeeland, Michigan. ODL is proud to be a privately held, third-generation, family-owned company for nearly since 1945. We offer products designed to build value into the home, from entryway products including decorative and clear doorglass to light and privacy control solutions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -636,900 +636,806 @@
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Sliding Patio Doors and Windows: Up to 28.125 square feet.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Residential and commercial.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulating Glass Units: 1 inch (25 mm) thick.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>RELATED SECTIONS</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** The 1 inch IG is achieved by using 4 mm / 4 mm glass and does not have the option to have 6 mm glass on the outside.</w:t>
-[...55 lines deleted...]
-        <w:t>Insulating Glass Units: 1 inch (25 mm) thick.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete any sections below not relevant to this project; add others as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Section 08 10 00 - Doors and Frames.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Section 08 16 13 - Fiberglass Doors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Section 08 30 00 - Specialty Doors and Frames.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Section 08 32 00 - Sliding Glass Doors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Section 08 40 00 - Entrances, Storefronts and Curtain Walls.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Section 08 50 00 - Windows.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Section 08 53 13 - Vinyl Windows.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Section 08 80 00 - Glazing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Section __ __ __ - __________.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>RELATED SECTIONS</w:t>
+        <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete any sections below not relevant to this project; add others as required.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete references from the list below that are not actually required by the text of the edited section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Section 08 10 00 - Doors and Frames.</w:t>
+        <w:t>American National Standards Institute (ANSI):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ANSI Z97.1 Safety Glazing Materials Used in Buildings - Safety Performance Specifications and Methods of Test.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Section 08 16 13 - Fiberglass Doors.</w:t>
+        <w:t>ASTM International (ASTM):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ASTM C1036 Standard Specification for Flat Glass.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ASTM C1048 Standard Specification for Heat-Strengthened and Fully Tempered Flat Glass.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ASTM E2190 Standard Specification for Insulating Glass Unit Performance and Evaluation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Section 08 30 00 - Specialty Doors and Frames.</w:t>
+        <w:t>Consumer Products Safety Commission (CSPC):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>CSPC 16-CRF, Part 1201, Category II Safety Standard for Architectural Glazing Materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>SUBMITTALS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Section 08 32 00 - Sliding Glass Doors.</w:t>
+        <w:t>Submit under provisions of Section 01 30 00.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Section 08 40 00 - Entrances, Storefronts and Curtain Walls.</w:t>
+        <w:t>Product Data: Manufacturer's standard specifications and descriptive literature, including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spec-Data product information sheets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Technical information sheets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Catalog cut-sheets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Color charts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sample warranty forms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Manufacturer's Instructions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Delivery, storage, and handling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Environmental conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Preparation and installation instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maintenance.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Section 08 50 00 - Windows.</w:t>
+        <w:t>Shop Drawings: Graphic information prepared by purchaser for approval by manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Includes but is Not Limited to the Following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Dimensioned Plans, Elevations, and Details, Indicating: Double-pane glass design; glass size; glazing pocket.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Verified opening dimensions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Section 08 53 13 - Vinyl Windows.</w:t>
-[...41 lines deleted...]
-        <w:t>REFERENCES</w:t>
+        <w:t>Samples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sample Size: Full.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sample Size, 1 inch (25 mm): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Minimum: 8 x 14 inches (203 x 356 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum: 30 x 80 inches (762 x 2032 mm), 36 x 68 inches (914 x 1753 mm), 80 x 21 inches (2032 x 533 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sample Size, XL: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Minimum: 9 x 81 inches (229 x 2057 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum: 45 x 90 inches (1143 x 2286 mm), 48 x 83 inches (1219 x 2108 mm), 63 x 48 inches (1600 x 1219 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sample Size, 7/8 inch (22 mm): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Minimum: 8 x 18 inches (203 x 457 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum: 32 x 80 inches (813 x 2032 mm), 36 x 72 inches (914 x 1829 mm), 48 x 36 inches (1219 x 914mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sample Size, RLT Top: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Minimum: 12 x 15 inches (305 x 381 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum: 32 x 40 inches (813 x 1016 mm), 54 x 24 inches (1372 x 610 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sample Size: ___ x ___ inches (___ x ___ mm).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete references from the list below that are not actually required by the text of the edited section.</w:t>
-[...611 lines deleted...]
-        <w:t>** NOTE TO SPECIFIER ** ODL Blinds + Glass are available for use in doors and windows. Edit the following Paragraph when integral glass is used within a Delete the Paragraph if integral glass is used only in a glazing section. Delete the quantity options not required.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** ODL Blinds + Glass are available for use in doors and windows. Edit the following Paragraph when integral glass is used within a door. Delete the Paragraph if integral glass is used only in a glazing section. Delete the quantity options not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Door: 8-5/8 x 13 inches (219 x 330 mm) corner section sample of frame for each glazing type specified.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -2261,66 +2167,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Zeeland, MI 49464-1239</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-253-3900</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 616-772-9111</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 616-772-9110</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5BCAE9_1" w:history="1">
+      <w:hyperlink r:id="rId_DE718B_1" w:history="1">
         <w:tooltip>request info (doorglass_info@odl.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (doorglass_info@odl.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5BCAE9_2" w:history="1">
+      <w:hyperlink r:id="rId_DE718B_2" w:history="1">
         <w:tooltip>https://www.odl.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.odl.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -2537,116 +2443,88 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>ASTM E2190 testing in insulating glass units for durability classification by Insulating Glass Certification Council.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Life cycle testing, demonstrating over 10,000 tilting operations.</w:t>
+        <w:t>Life cycle testing, demonstrating over 10,000 Raise, Lower, and Tilt operations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Demonstrate proper blind operation inside insulating glass unit with inside glass exposed to temperature of 68 degrees F and external glass exposed to temperature of minus 22 degrees F.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete the following blinds options not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Blinds + Glass, 1 inch (25 mm) Classic: </w:t>
-[...26 lines deleted...]
-        <w:rPr/>
         <w:t>Blinds + Glass, 1 inch (25 mm) Custom:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Lift Force: 10.79 lbf (48 N) or less. Size: 22 x 64 inches (559 x 1626 mm).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
@@ -2687,93 +2565,65 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Lift Force: 15.06 lbf (67 N) or less. All other sizes up to maximum square feet.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Blinds + Glass 7/8 inch (22 mm) RLT-Top:</w:t>
-[...41 lines deleted...]
-        <w:t>Lift Force: N/A.</w:t>
+        <w:t>Blinds + Glass 7/8 inch (22 mm) RLT-Top: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Lift Force:  12.14 lbf (54 N) or less. All sizes up to maximum square feet.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Blinds + Glass XL Custom 1 inch (25 mm):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -2938,132 +2788,120 @@
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Tempered Float Glass: ASTM C1048; Type 1; Quality-Q3; Class 1; clear, unless otherwise indicated; of kind and condition indicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete glass thickness options not required. The following thicknesses are based on product type and options selected.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
-[...19 lines deleted...]
-        </w:numPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>3mm glass thickness is available for Blinds + Glass 1 inch (25 mm) Custom, Blinds + Glass 7/8 inch (22 mm) Custom and Blinds + Glass 7/8 inch (22 mm) RLT Top. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>4mm glass thickness is available for Blinds + Glass XL Custom 1 inch (25 mm).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
-[...10 lines deleted...]
-        <w:t>6mm glass thickness available for the outer lite for Blinds + Glass 1 inch (25 mm), Blinds + Glass 7/8 inch (22 mm) Custom, Blinds + Glass 7/8 inch (22 mm) RLT Top, and Blinds + Glass 7/8 inch (22 mm) Tilt.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>6mm glass thickness available for the outer lite for Blinds + Glass 1 inch (25 mm), Blinds + Glass 7/8 inch (22 mm) Custom and Blinds + Glass 7/8 inch (22 mm) RLT Top.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Glass Thickness: 0.121 inches (3 mm).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Glass Thickness: 0.152 inches (4 mm).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Glass Thickness: 0.221 inches (6 mm).</w:t>
+        <w:t>Glass Outer Pane Thickness: 0.221 inches (6 mm).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete overall thickness of insulated glass blind system unit options not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Overall Thickness of Insulated Glass Blind System Unit: 7/8 inch (22 mm).</w:t>
       </w:r>
@@ -3169,64 +3007,50 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Tolerances:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Space of approximately 0.125 inch (3 mm) on each side between slats and spacer, for free movement of system and allowing thermal transmission of aluminum slats.</w:t>
-[...12 lines deleted...]
-        <w:rPr/>
         <w:t>Blind Width and Height Tolerance:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Float and Annealed Glazing: Plus 0.125 inch (3.17 mm). Minus 0.063 inch (1.60 mm).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub2"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
@@ -3277,78 +3101,60 @@
         <w:rPr/>
         <w:t>Streamlined EasyGlide Operator and Ergo Track located on top center. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Maintenance: Clean with soap and water, or high quality window cleaner.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** .</w:t>
-[...12 lines deleted...]
-        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:br/>
         <w:t>Lead Times USA: 12 business days + transit. </w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-        <w:rPr/>
+      <w:r>
+        <w:rPr/>
+        <w:br/>
         <w:t>Lead Times Canada: 14 business days + transit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Operator Type: Single. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
@@ -3423,65 +3229,65 @@
         <w:rPr/>
         <w:t>Max Area: 9 sq ft.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete glass pane thickness not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Glass Pane Thickness: 0.125 inch (3 mm).</w:t>
-[...13 lines deleted...]
-        <w:t>Glass Pane Thickness: 0.25 inch (6 mm).</w:t>
+        <w:t>Glass Outer Pane Thickness: 0.125 inch (3 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer Pane Thickness: 0.25 inch (6 mm).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete insulated glass thickness not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Insulated Glass Thickness: 7/8 inch (22 mm).</w:t>
       </w:r>
@@ -3739,88 +3545,1730 @@
         <w:rPr/>
         <w:t>Glass Coating NEAT: 1st surface. 270.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Glass Coating NEAT: 1st surface. 366.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete tint option not required.</w:t>
-[...27 lines deleted...]
-        <w:t>Tint: Solar Bronze.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete blind color options not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: White.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: Tan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: Espresso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: Slate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: Silver Moon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Full Warranty: 10 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Size Ranges: Height: 12 to 41 inches (305 to 1041 mm). Width: 15 to 54 inches (381 to 1372 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Size Increments 1/16 inch (1.6 mm), both height and width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Area: 9 sq ft (0.836 sq m). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>No more than 36 inches (914 mm) in one direction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Basis of Design: ODL Blinds + Glass 7/8 inch (22 mm) Blinds for Windows and Sliding Patio Doors.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Application:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windows: Awning, casement, fixed, sliding, and bay windows. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Doors: Sliding patio doors. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete location option not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>EasyGlide Operator / Ergo Track location: Left-hand. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>EasyGlide Operator / Ergo Track location: Right-hand. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maintenance: Clean with soap and water, or high quality window cleaner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete operator type options not required.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:br/>
+        <w:t>Lead Times USA: 12 business days + transit. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:br/>
+        <w:t>Lead Times Canada: 14 business days + transit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Type: Dual. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Minimum Height: 48 inches (1219 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Area: 18 sq ft. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Type: Single. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Height: 48 inches (1219 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Type: Single Op Low Position. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Height: 48 sq ft. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Minimum Height: 32 inches. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete glass type option not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Type: Tempered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Max Area: 18 sq ft. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Type: Annealed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Max Area: 15 sq ft. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete glass pane thickness option not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer Pane Thickness: 0.125 inch (3 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer Pane Thickness: 0.25 inch (6 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete insulated glass thickness option not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulated Glass Thickness: 7/8 inch (22 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulated Glass Thickness: 1 inch (25 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete viewing area option not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Viewing Area: Symmetrical. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Viewing Area: Asymmetrical. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spacer: Intercept, tin-plated steel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sealant: Dual seal equivalent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Desiccant: Desiccant matrix; moisture and chemical management. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Cover Caps: UV stabilized, heat tolerant polymer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blinds Slats: 10 mm wide aluminum UV stabilized coating. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete glass outer options not required.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Clear. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 270. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 272. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 340. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 366. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Tint, Solar Bronze. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Tint, Solar Gray. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Clear glass outer is only available with clear glass inner. Delete glass inner option not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Inner: Clear. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Inner: I89. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER **  NEAT glass coating applies to 0.125 inch (3 mm) tempered glass only. Delete glass coating option not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Coating NEAT: 1st surface. 270. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Coating NEAT: 1st surface. 366. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete blind color options not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: White. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: Tan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: Espresso. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: Slate Gray. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blind Color: Silver Moon. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Full Warranty: 10 years. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Size Ranges: Height: 18 to 80 inches (457 to 2032 mm). Width: 8 to 48 inches (203 to 1219 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Size Increments 1/16 inch (1.6 mm), both height and width. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Area: No more than 36 inches (914 mm) in one direction. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Annealed Glass: 15 sq ft (1.393 sq m).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub2"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Tempered Glass: 18 sq ft (1.672 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Basis of Design: ODL Blinds + Glass 1 inch Blinds for Windows and Doors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Application: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windows: Awning, casement, fixed, sliding, and bay windows.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Doors: Sliding patio doors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maintenance: Clean with soap and water, or high quality window cleaner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete operator type options not required.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:br/>
+        <w:t>Lead Times USA: 12 business days + transit. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:br/>
+        <w:t>Lead Times Canada: 14 business days + transit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Type: Dual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Minimum Height: 48 inches (1219 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Area: 17 sq ft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Type: Single.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Area: 12 sq ft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Type: Single Op Low Position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Minimum Height: 32 inches (813 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Area: 12 sq ft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Style: EasyGlide. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Style: SlimLine. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete operator location option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Location: Right Hand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Location: Left Hand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete glass type option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Type: Tempered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Max Area: 17 sq ft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Type: Annealed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Max Area: 15 sq ft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete glass pane thickness option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer Pane Thickness: 0.125 inch (3 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer Pane Thickness: 0.250 inch (6 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete insulated glass thickness not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulated Glass Thickness: 1 inch (25 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulated Glass Thickness: 1-1/8 inch (29 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete viewing area option not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Viewing Area: Symmetrical. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Viewing Area: Asymmetrical. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spacer: Intercept, tin-plated steel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sealant: Dual seal equivalent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Desiccant: Desiccant matrix; moisture &amp; chemical management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Cover Caps: UV stabilized, heat tolerant polymer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blinds Slats: 0.5 inch (12.5 mm) wide aluminum UV stabilized coating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Delete glass outer options not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Clear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 270.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 272.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 340.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E 366.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Tint, Solar Bronze.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Tint, Solar Gray.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Clear glass outer is only available with clear glass inner options. Delete glass inner option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Inner: Clear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Inner: I89.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Coating NEAT: 1st surface. 270. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Coating NEAT: 1st surface. 366.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ARCATnote"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete blind color options not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Blind Color: White.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
@@ -3833,719 +5281,578 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Blind Color: Espresso.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Blind Color: Slate Gray.</w:t>
-[...13 lines deleted...]
-        <w:t>Blind Color: Sand.</w:t>
+        <w:t>Blind Color: Slate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Blind Color: Silver Moon.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Full Warranty: 10 years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Size Ranges: Height: 12 to 41 inches (305 to 1041 mm). Width: 15 to 54 inches (381 to 1372 mm).</w:t>
+        <w:t>Size Ranges: Height: 14 to 80 inches (356 to 2032 mm). Width: 8 to 80 inches (203 to 2032 mm).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Size Increments 1/16 inch (1.6 mm), both height and width.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Maximum Area: 9 sq ft (0.836 sq m). </w:t>
-[...12 lines deleted...]
-        <w:rPr/>
         <w:t>No more than 36 inches (914 mm) in one direction.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Area Annealed Glass: 15 sq ft (1.393 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Maximum Area Tempered Glass: 17 sq ft (1.579 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Basis of Design: ODL Blinds + Glass 7/8 inch (22 mm) Tilt for Windows. </w:t>
-[...55 lines deleted...]
-        <w:t>Maintenance: Clean with soap and water, or high quality window cleaner.</w:t>
+        <w:t>Basis of Design: ODL Blinds + Glass XL, 1 inch (25 mm) thick, for use in large format sliding patio doors and windows.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Application:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Windows: Large format windows in residential and light commercial applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Doors: Large format sliding patio doors in residential and light commercial applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubSub1"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Easy to maintain: Clean with soap and water, or high quality window cleaner.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** </w:t>
-[...26 lines deleted...]
-        <w:rPr/>
+        <w:t>** NOTE TO SPECIFIER ** Lead Times USA: 12 business days + transit. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:br/>
         <w:t>Lead Times Canada: 14 business days + transit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Operator Type: Single.</w:t>
-[...13 lines deleted...]
-        <w:t>Operator Location: Top right-hand corner.</w:t>
+        <w:t>Operator Type: Dual.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete glass type option not required.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete operation location option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation Location: Right Hand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operation Location: Left Hand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Operator Style: EasyGlide.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Glass Type: Tempered.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
-        <w:pStyle w:val="ARCATSubSub1"/>
-[...36 lines deleted...]
-        <w:t>Max Area: 9 sq ft.</w:t>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Pane Thickness: 0.157 inches (4 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Insulated Glass Thickness: 1 inch (25 mm).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete glass pane thickness option not required.</w:t>
-[...27 lines deleted...]
-        <w:t>Glass Pane Thickness: 0.25 inch (6 mm).</w:t>
+        <w:t>** NOTE TO SPECIFIER **  Delete viewing area option not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Viewing Area: Symmetrical. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Viewing Area: Asymmetrical.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Spacer: Intercept, tin-plated steel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Sealant: Dual seal equivalent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Desiccant: Desiccant matrix; moisture and chemical management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Cover Caps: UV stabilized, heat tolerant polymer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Blinds Slats: 0.393 inch (10 mm) wide aluminum UV stabilized coating.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete insulated glass thickness options not required.</w:t>
-[...97 lines deleted...]
-        <w:t>Blinds Slats: 0.45 inches (11.5 mm) wide aluminum UV stabilized coating.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete glass outer options not required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Clear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 270.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 272.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 340.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Outer: Low E, 366.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Delete glass outer options not required.</w:t>
-[...97 lines deleted...]
-        <w:t>Glass Outer: Tint, Solar Gray.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Clear glass outer is only available with clear glass inner. Delete glass inner option not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Inner: Clear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Glass Inner: I89.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>** NOTE TO SPECIFIER ** Clear glass outer is only available with clear glass i Delete glass inner option not required.</w:t>
-[...103 lines deleted...]
-        <w:t>** NOTE TO SPECIFIER ** Delete finish options not required.</w:t>
+        <w:t>** NOTE TO SPECIFIER ** Delete blind color options not required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Blind Color: White.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -4557,2757 +5864,51 @@
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Blind Color: Espresso.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>Blind Color: Slate Gray.</w:t>
-[...2705 lines deleted...]
-        <w:t>Blind Color: Sand.</w:t>
+        <w:t>Blind Color: Slate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Blind Color: Silver Moon.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
@@ -8565,81 +7166,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_DE82E9"
+  Id="rId_6238BD"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/odl.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_52DC1B_1"
+  Id="rId_377BD0_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=ODL%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(08800odl)%253A%2520&amp;coid=34568&amp;spec=08800odl&amp;rep=&amp;fax=616-772-9110"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_52DC1B_2"
+  Id="rId_377BD0_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.odl.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_52DC1B_3"
+  Id="rId_377BD0_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/odl-inc-34568"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5BCAE9_1"
+  Id="rId_DE718B_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=ODL%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(08800odl)%253A%2520&amp;coid=34568&amp;spec=08800odl&amp;rep=&amp;fax=616-772-9110"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5BCAE9_2"
+  Id="rId_DE718B_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.odl.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>