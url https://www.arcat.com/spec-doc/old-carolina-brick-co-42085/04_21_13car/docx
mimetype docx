--- v0 (2026-02-26)
+++ v1 (2026-03-19)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/oldcarol.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="1600200" cy="2076450"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_AAE24C" descr="https://www.arcat.com/clients/gfx/oldcarol.png"/>
+              <wp:docPr id="1" name="Picture rId_4D3428" descr="https://www.arcat.com/clients/gfx/oldcarol.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_AAE24C" descr="https://www.arcat.com/clients/gfx/oldcarol.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_4D3428" descr="https://www.arcat.com/clients/gfx/oldcarol.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_AAE24C"/>
+                      <a:blip r:link="rId_4D3428"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1600200" cy="2076450"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -196,91 +196,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Salisbury, NC 28147</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-536-8850</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 704-636-8850</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 704-636-0000</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F2E20C_1" w:history="1">
+      <w:hyperlink r:id="rId_E274DB_1" w:history="1">
         <w:tooltip>request info (dframe@handmadebrick.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (dframe@handmadebrick.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F2E20C_2" w:history="1">
+      <w:hyperlink r:id="rId_E274DB_2" w:history="1">
         <w:tooltip>http://www.handmadebrick.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.handmadebrick.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_F2E20C_3" w:history="1">
+      <w:hyperlink r:id="rId_E274DB_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>The classic beauty of Old Carolina Brick is created by hand. Each brick is hand molded in the ageless tradition of craftsmanship and lasting beauty. Used on fine homes, distinctive commercial buildings, and notable historical restorations throughout the country and world locations, Old Carolina brick add a unique warmth and creative flavor to any architectural design. Our handmade brick are primarily used by discerning designers and architects to create visually stimulating textures, patterns, and color palettes.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Based on our commitment to quality and authenticity, Old Carolina brick are each hand molded and then hard fired to provide the beautiful bisques, hues, and unique colors identical to those of brick made centuries ago. Our hand crafting process imparts distinctive folds, finger marks, and particular surface irregularities for individual characterization of each brick. Old Carolina handmade brick provide a unique appearance unequalled by conventional mass produced brick. Special shapes and custom brick sizes are available, and can be readily created from customer designs. Old Carolina bricks are used as pavers as well as face brick, and are often used on beautiful landscaping applications.</w:t>
       </w:r>
     </w:p>
@@ -1037,66 +1037,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Salisbury, NC 28147</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-536-8850</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 704-636-8850</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 704-636-0000</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_58ADB6_1" w:history="1">
+      <w:hyperlink r:id="rId_FBA56E_1" w:history="1">
         <w:tooltip>request info (dframe@handmadebrick.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (dframe@handmadebrick.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_58ADB6_2" w:history="1">
+      <w:hyperlink r:id="rId_FBA56E_2" w:history="1">
         <w:tooltip>http://www.handmadebrick.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.handmadebrick.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -6177,81 +6177,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_AAE24C"
+  Id="rId_4D3428"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/oldcarol.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F2E20C_1"
+  Id="rId_E274DB_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Old%252BCarolina%252BBrick%252BCo.&amp;message=RE%253A%2520Spec%2520Question%2520(04210car)%253A%2520&amp;coid=42085&amp;spec=04210car&amp;rep=&amp;fax=704-636-0000"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F2E20C_2"
+  Id="rId_E274DB_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.handmadebrick.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_F2E20C_3"
+  Id="rId_E274DB_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/old-carolina-brick-co-42085"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_58ADB6_1"
+  Id="rId_FBA56E_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Old%252BCarolina%252BBrick%252BCo.&amp;message=RE%253A%2520Spec%2520Question%2520(04210car)%253A%2520&amp;coid=42085&amp;spec=04210car&amp;rep=&amp;fax=704-636-0000"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_58ADB6_2"
+  Id="rId_FBA56E_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.handmadebrick.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>