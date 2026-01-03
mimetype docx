--- v0 (2025-11-07)
+++ v1 (2026-01-03)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/overdoor.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_DE2954" descr="https://www.arcat.com/clients/gfx/overdoor.png"/>
+              <wp:docPr id="1" name="Picture rId_6753BA" descr="https://www.arcat.com/clients/gfx/overdoor.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_DE2954" descr="https://www.arcat.com/clients/gfx/overdoor.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_6753BA" descr="https://www.arcat.com/clients/gfx/overdoor.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_DE2954"/>
+                      <a:blip r:link="rId_6753BA"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -196,91 +196,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Lewisville, TX 75067</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-275-3290</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 469-549-7100</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 972-906-1499</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9C0651_1" w:history="1">
+      <w:hyperlink r:id="rId_EC9BE9_1" w:history="1">
         <w:tooltip> info@overheaddoor.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> info@overheaddoor.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9C0651_2" w:history="1">
+      <w:hyperlink r:id="rId_EC9BE9_2" w:history="1">
         <w:tooltip>https://www.overheaddoor.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.overheaddoor.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_9C0651_3" w:history="1">
+      <w:hyperlink r:id="rId_EC9BE9_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Overhead Door Corporation pioneered the upward-acting door industry, inventing the first upward-acting door in 1921 and the first electric door opener in 1926. Today, we continue to be the industry leader through the strength of our product innovation, superior craftsmanship and outstanding customer support, underscoring a legacy of quality, expertise and integrity. That's why design and construction professionals specify Overhead Door Corporation products more often than any other brand.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>This specification includes side folding and upward coiling security grille closures of aluminum, galvanized steel and stainless steel. </w:t>
       </w:r>
       <w:r>
@@ -1094,66 +1094,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Lewisville, TX 75067</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-275-3290</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 469-549-7100</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 972-906-1499</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5089D6_1" w:history="1">
+      <w:hyperlink r:id="rId_B7F622_1" w:history="1">
         <w:tooltip> info@overheaddoor.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> info@overheaddoor.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_5089D6_2" w:history="1">
+      <w:hyperlink r:id="rId_B7F622_2" w:history="1">
         <w:tooltip>https://www.overheaddoor.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.overheaddoor.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -12926,81 +12926,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_DE2954"
+  Id="rId_6753BA"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/overdoor.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9C0651_1"
+  Id="rId_EC9BE9_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:info@overheaddoor.com?subject=RE:%20Spec%20Question%20(08333ohd):%20"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9C0651_2"
+  Id="rId_EC9BE9_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.overheaddoor.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_9C0651_3"
+  Id="rId_EC9BE9_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.arcat.com/company/34626"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5089D6_1"
+  Id="rId_B7F622_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="mailto:info@overheaddoor.com?subject=RE:%20Spec%20Question%20(08333ohd):%20"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_5089D6_2"
+  Id="rId_B7F622_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.overheaddoor.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>