--- v0 (2025-12-02)
+++ v1 (2026-02-22)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/ppgarch.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="1905000" cy="495300"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_A1903D" descr="https://www.arcat.com/clients/gfx/ppgarch.png"/>
+              <wp:docPr id="1" name="Picture rId_53DA0C" descr="https://www.arcat.com/clients/gfx/ppgarch.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_A1903D" descr="https://www.arcat.com/clients/gfx/ppgarch.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_53DA0C" descr="https://www.arcat.com/clients/gfx/ppgarch.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_A1903D"/>
+                      <a:blip r:link="rId_53DA0C"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1905000" cy="495300"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>400 Bertha Lamme Drive</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Cranberry Township, PA 16066</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 1-888-PPG-IDEA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 888-434-3127</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8D4ED6_1" w:history="1">
+      <w:hyperlink r:id="rId_0AA501_1" w:history="1">
         <w:tooltip>request info (brian.joyce@ppg.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (brian.joyce@ppg.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8D4ED6_2" w:history="1">
+      <w:hyperlink r:id="rId_0AA501_2" w:history="1">
         <w:tooltip>https://pittsburghpaints.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://pittsburghpaints.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8D4ED6_3" w:history="1">
+      <w:hyperlink r:id="rId_0AA501_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>A tradition was established early with Pittsburgh Paints - use the best technology, manufacture the best quality products, and provide exceptional, dedicated service. Today, that steadfast commitment to excellence is evident in every aspect of our business. We offer solutions for architects, specifiers, paint dealers and contractors in all markets... commercial, industrial, and residential. Today, Pittsburgh Paints and PPG Protective and Marine Coatings continue the foremost tradition of supplying high quality, comprehensive products lines, leading edge technologies and tailored support programs for each market segment.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Global Resources:</w:t>
       </w:r>
       <w:r>
@@ -1320,66 +1320,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>400 Bertha Lamme Drive</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Cranberry Township, PA 16066</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 1-888-PPG-IDEA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 888-434-3127</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_1DAF7E_1" w:history="1">
+      <w:hyperlink r:id="rId_DCB99F_1" w:history="1">
         <w:tooltip>request info (brian.joyce@ppg.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (brian.joyce@ppg.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_1DAF7E_2" w:history="1">
+      <w:hyperlink r:id="rId_DCB99F_2" w:history="1">
         <w:tooltip>https://pittsburghpaints.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://pittsburghpaints.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr/>
       </w:pPr>
       <w:r>
@@ -14298,81 +14298,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_A1903D"
+  Id="rId_53DA0C"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/ppgarch.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8D4ED6_1"
+  Id="rId_0AA501_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Pittsburgh%252BPaints%252B(formerly%252BPPG%252BPaints)&amp;message=RE%253A%2520Spec%2520Question%2520(09900ppg)%253A%2520&amp;coid=41841&amp;spec=09900ppg&amp;rep=&amp;fax=888-434-3127"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8D4ED6_2"
+  Id="rId_0AA501_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://pittsburghpaints.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8D4ED6_3"
+  Id="rId_0AA501_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/pittsburgh-paints-formerly-ppg-paints-41841"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_1DAF7E_1"
+  Id="rId_DCB99F_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Pittsburgh%252BPaints%252B(formerly%252BPPG%252BPaints)&amp;message=RE%253A%2520Spec%2520Question%2520(09900ppg)%253A%2520&amp;coid=41841&amp;spec=09900ppg&amp;rep=&amp;fax=888-434-3127"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_1DAF7E_2"
+  Id="rId_DCB99F_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://pittsburghpaints.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>