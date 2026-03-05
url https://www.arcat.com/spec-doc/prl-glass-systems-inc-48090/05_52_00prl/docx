--- v0 (2026-01-18)
+++ v1 (2026-03-05)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/prlglass.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_FB02DF" descr="https://www.arcat.com/clients/gfx/prlglass.png"/>
+              <wp:docPr id="1" name="Picture rId_E4BCDF" descr="https://www.arcat.com/clients/gfx/prlglass.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_FB02DF" descr="https://www.arcat.com/clients/gfx/prlglass.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_E4BCDF" descr="https://www.arcat.com/clients/gfx/prlglass.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_FB02DF"/>
+                      <a:blip r:link="rId_E4BCDF"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>13644 Nelson Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>City of Industry, CA 91746</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-433-7044</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 626-968-9256</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2F1CE1_1" w:history="1">
+      <w:hyperlink r:id="rId_63952C_1" w:history="1">
         <w:tooltip>request info (info@prlglass.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@prlglass.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2F1CE1_2" w:history="1">
+      <w:hyperlink r:id="rId_63952C_2" w:history="1">
         <w:tooltip>https://prlglass.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://prlglass.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_2F1CE1_3" w:history="1">
+      <w:hyperlink r:id="rId_63952C_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>PRL Glass Company was founded in 1989 and is now family owned by the Landeros family. The company originally started its operations under a 3,000 square foot building with 3 employees in the city of Santa Ana, Ca. At the start of the business we began offering glass and mirror stock sheets to the Glazing Industry. We slowly started offering fabricated Glass, Shower Doors, All Glass Entrance Doors and Beveled Mirrors. With the idea in mind to have the fastest lead times in the industry. For a period of 10 yrs all of our fabricated tempered glass was tempered by others. In 1999 we took the initiative to purchase our first tempering oven ("all in" like in a poker game) and now we have 3 tempering ovens. To this day PRL continues with the same vision and basic fundamentals as day one and that is to have the fastest lead times in the industry.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>You our loyal customer have given us the opportunity to grow from 3 employees to 300+ employees and from 3,000 sq. ft. to over 250,000 sq.ft . It has been a dream for PRL and a great challenge to reach this monumental achievement, although let's not forget all the hard work and sleepless nights and sacrifices that it's taken us to get where we are today. PRL now offers over 20 complete products lines that we provide to the commercial and residential construction industry, as well as to the furniture manufactures. We look forward to continue to grow in the years to come and continue to offer the best service and highest quality in the industry.</w:t>
       </w:r>
     </w:p>
@@ -2150,66 +2150,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>13644 Nelson Ave.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>City of Industry, CA 91746</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-433-7044</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 626-968-9256</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_B54882_1" w:history="1">
+      <w:hyperlink r:id="rId_B98DB2_1" w:history="1">
         <w:tooltip>request info (info@prlglass.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@prlglass.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_B54882_2" w:history="1">
+      <w:hyperlink r:id="rId_B98DB2_2" w:history="1">
         <w:tooltip>https://prlglass.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://prlglass.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -6990,81 +6990,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_FB02DF"
+  Id="rId_E4BCDF"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/prlglass.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2F1CE1_1"
+  Id="rId_63952C_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=PRL%252BGlass%252BSystems%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(05520prl)%253A%2520&amp;coid=48090&amp;spec=05520prl&amp;rep=&amp;fax=626-968-9256"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2F1CE1_2"
+  Id="rId_63952C_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://prlglass.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_2F1CE1_3"
+  Id="rId_63952C_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/prl-glass-systems-inc-48090"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_B54882_1"
+  Id="rId_B98DB2_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=PRL%252BGlass%252BSystems%252C%252BInc.&amp;message=RE%253A%2520Spec%2520Question%2520(05520prl)%253A%2520&amp;coid=48090&amp;spec=05520prl&amp;rep=&amp;fax=626-968-9256"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_B54882_2"
+  Id="rId_B98DB2_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://prlglass.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>