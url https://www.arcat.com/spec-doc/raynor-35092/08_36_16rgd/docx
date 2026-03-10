--- v0 (2026-03-08)
+++ v1 (2026-03-10)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/raynor.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="2857500" cy="1428750"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_9B0701" descr="https://www.arcat.com/clients/gfx/raynor.png"/>
+              <wp:docPr id="1" name="Picture rId_34475E" descr="https://www.arcat.com/clients/gfx/raynor.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_9B0701" descr="https://www.arcat.com/clients/gfx/raynor.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_34475E" descr="https://www.arcat.com/clients/gfx/raynor.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_9B0701"/>
+                      <a:blip r:link="rId_34475E"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2857500" cy="1428750"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,131 +191,131 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Dixon, IL 61021-0448</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-4-RAYNOR</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 815-288-1431</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 888-598-4790</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0E1756_1" w:history="1">
+      <w:hyperlink r:id="rId_F3B864_1" w:history="1">
         <w:tooltip>request info (architectsupport@raynor.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (architectsupport@raynor.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0E1756_2" w:history="1">
+      <w:hyperlink r:id="rId_F3B864_2" w:history="1">
         <w:tooltip>http://www.raynor.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.raynor.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0E1756_3" w:history="1">
+      <w:hyperlink r:id="rId_F3B864_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>For more than 60 years, architects and construction specifiers have counted on Raynor for doors and electric operators that meet the harshest environment and application demands. For your convenience, additional Raynor commercial specifications and drawings can be downloaded from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0E1756_4" w:history="1">
+      <w:hyperlink r:id="rId_F3B864_4" w:history="1">
         <w:tooltip>www.raynor.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.raynor.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> and are available on CD-ROM.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> Raynor has more than 600 professional installing distributors in the United States and throughout 54 nations around the world. They pride themselves in excellent product knowledge, installation, and service after the sale. Earn CE units and receive valuable knowledge about commercial doors by participating in an AIA/CES course. If you would like a Raynor Representative to contact you about presenting an AIA/CES course to your company, fill out an online form at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0E1756_5" w:history="1">
+      <w:hyperlink r:id="rId_F3B864_5" w:history="1">
         <w:tooltip>www.raynor.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.raynor.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> , or contact us at 1-800-4-RAYNOR. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Refer to specifications in this section for the following types of Raynor Overhead Doors: Coiling and rolling doors including DuraCoil, DuraShutter, DuraGrille, FireCoil, FireShutter, FabriCoil and RapidCoil. ArmorBrite is a trademark of Tiger Drylac.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="ABFFABFF" w:rsidRDefault="ABFFABFF" w:rsidP="ABFFABFF">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1317,66 +1317,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Dixon, IL 61021-0448</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-4-RAYNOR</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 815-288-1431</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 888-598-4790</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0160BB_1" w:history="1">
+      <w:hyperlink r:id="rId_572725_1" w:history="1">
         <w:tooltip>request info (architectsupport@raynor.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (architectsupport@raynor.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_0160BB_2" w:history="1">
+      <w:hyperlink r:id="rId_572725_2" w:history="1">
         <w:tooltip>http://www.raynor.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.raynor.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** SPECIFIER NOTES ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -19441,93 +19441,93 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_9B0701"
+  Id="rId_34475E"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/raynor.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0E1756_1"
+  Id="rId_F3B864_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Raynor&amp;message=RE%253A%2520Spec%2520Question%2520(08360rgd)%253A%2520&amp;coid=35092&amp;spec=08360rgd&amp;rep=&amp;fax=888-598-4790"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0E1756_2"
+  Id="rId_F3B864_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.raynor.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0E1756_3"
+  Id="rId_F3B864_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/raynor-35092"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0E1756_4"
+  Id="rId_F3B864_4"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.raynor.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0E1756_5"
+  Id="rId_F3B864_5"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.raynor.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0160BB_1"
+  Id="rId_572725_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Raynor&amp;message=RE%253A%2520Spec%2520Question%2520(08360rgd)%253A%2520&amp;coid=35092&amp;spec=08360rgd&amp;rep=&amp;fax=888-598-4790"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_0160BB_2"
+  Id="rId_572725_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.raynor.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>