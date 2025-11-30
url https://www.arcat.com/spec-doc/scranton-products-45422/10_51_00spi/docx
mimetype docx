--- v0 (2025-10-10)
+++ v1 (2025-11-30)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/scranton.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="3810000" cy="1905000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_9C0975" descr="https://www.arcat.com/clients/gfx/scranton.png"/>
+              <wp:docPr id="1" name="Picture rId_D274D1" descr="https://www.arcat.com/clients/gfx/scranton.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_9C0975" descr="https://www.arcat.com/clients/gfx/scranton.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_D274D1" descr="https://www.arcat.com/clients/gfx/scranton.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_9C0975"/>
+                      <a:blip r:link="rId_D274D1"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3810000" cy="1905000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -186,91 +186,91 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>801 E. Corey St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Scranton, PA 18505</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-445-5148</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 855-376-6161</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8F77C9_1" w:history="1">
+      <w:hyperlink r:id="rId_539EEE_1" w:history="1">
         <w:tooltip>request info (info@scrantonproducts.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@scrantonproducts.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8F77C9_2" w:history="1">
+      <w:hyperlink r:id="rId_539EEE_2" w:history="1">
         <w:tooltip>http://www.scrantonproducts.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.scrantonproducts.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> [ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_8F77C9_3" w:history="1">
+      <w:hyperlink r:id="rId_539EEE_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>For more than years our premium brands have led the plastic partitions market setting new benchmarks for the industry in quality and delivery. In fact, Scranton Products is the only manufacturer of plastic partitions who ships in as little as 5 days. Our well-known brands, including Comtec Industries, Santana Products/Hiny Hiders and Capitol Partitions, feature the most durable, low maintenance and best looking partitions, lockers and industrial sheet products in the industry. They won't dent, rust or need painting, and because they are color throughout, delamination is not a factor.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Together, the brands of Scranton Products offer the most comprehensive and trusted line of innovative products that add functional and aesthetic value, superior performance, durability, minimal maintenance, lower life cycle cost and sustainability.</w:t>
       </w:r>
       <w:r>
@@ -832,66 +832,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>801 E. Corey St.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Scranton, PA 18505</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Toll Free Tel: 800-445-5148</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 855-376-6161</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CF1F3F_1" w:history="1">
+      <w:hyperlink r:id="rId_10467F_1" w:history="1">
         <w:tooltip>request info (info@scrantonproducts.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (info@scrantonproducts.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_CF1F3F_2" w:history="1">
+      <w:hyperlink r:id="rId_10467F_2" w:history="1">
         <w:tooltip>http://www.scrantonproducts.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.scrantonproducts.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -3590,81 +3590,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_9C0975"
+  Id="rId_D274D1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/scranton.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8F77C9_1"
+  Id="rId_539EEE_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Scranton%252BProducts&amp;message=RE%253A%2520Spec%2520Question%2520(10500spi)%253A%2520&amp;coid=45422&amp;spec=10500spi&amp;rep=&amp;fax=855-376-6161"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8F77C9_2"
+  Id="rId_539EEE_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.scrantonproducts.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_8F77C9_3"
+  Id="rId_539EEE_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/scranton-products-45422"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CF1F3F_1"
+  Id="rId_10467F_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Scranton%252BProducts&amp;message=RE%253A%2520Spec%2520Question%2520(10500spi)%253A%2520&amp;coid=45422&amp;spec=10500spi&amp;rep=&amp;fax=855-376-6161"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_CF1F3F_2"
+  Id="rId_10467F_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="http://www.scrantonproducts.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>