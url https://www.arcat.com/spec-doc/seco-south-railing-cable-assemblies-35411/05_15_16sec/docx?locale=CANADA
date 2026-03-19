--- v0 (2026-01-21)
+++ v1 (2026-03-19)
@@ -25,65 +25,65 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" />
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATNormal"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:fldSimple w:instr=" IMPORT &quot;https://www.arcat.com/clients/gfx/secosout.png&quot; \* MERGEFORMAT \d  \x \y">
         <w:r>
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0">
               <wp:extent cx="1428750" cy="676275"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:docPr id="1" name="Picture rId_A5420B" descr="https://www.arcat.com/clients/gfx/secosout.png"/>
+              <wp:docPr id="1" name="Picture rId_B1DB99" descr="https://www.arcat.com/clients/gfx/secosout.png"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="Picture rId_A5420B" descr="https://www.arcat.com/clients/gfx/secosout.png"/>
+                      <pic:cNvPr id="0" name="Picture rId_B1DB99" descr="https://www.arcat.com/clients/gfx/secosout.png"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:link="rId_A5420B"/>
+                      <a:blip r:link="rId_B1DB99"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1428750" cy="676275"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:pPr>
@@ -191,96 +191,96 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>2111 34th Way</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Largo, FL 33771</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 727-536-1924</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 727-539-6314</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_AEE3AA_1" w:history="1">
+      <w:hyperlink r:id="rId_96A148_1" w:history="1">
         <w:tooltip>request info (sales@secosouth.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@secosouth.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_AEE3AA_2" w:history="1">
+      <w:hyperlink r:id="rId_96A148_2" w:history="1">
         <w:tooltip>https://www.secosouth.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.secosouth.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>[ </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_AEE3AA_3" w:history="1">
+      <w:hyperlink r:id="rId_96A148_3" w:history="1">
         <w:tooltip>Click Here downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Click Here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> ] for additional information.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>For nearly two decades, SECO SOUTH has been the designer's choice for cable railing systems. Our cable railing systems have been specified by design firms all over the world on projects such as The Houston Astrodome, Bank One Ballpark, Florida Aquarium, Philips Arena and Gold's Gym just to name a few. Why do designers choose our systems? Economical; Extremely transparent; Made from type 316 stainless steel; Last for many years with very low maintenance </w:t>
       </w:r>
     </w:p>
@@ -1186,66 +1186,66 @@
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>2111 34th Way</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Largo, FL 33771</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Tel: 727-536-1924</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Fax: 727-539-6314</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:t>Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_AD51FD_1" w:history="1">
+      <w:hyperlink r:id="rId_20964A_1" w:history="1">
         <w:tooltip>request info (sales@secosouth.com) downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>request info (sales@secosouth.com)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t>;Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId_AD51FD_2" w:history="1">
+      <w:hyperlink r:id="rId_20964A_2" w:history="1">
         <w:tooltip>https://www.secosouth.com downloads</w:tooltip>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="802020"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.secosouth.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ARCATnote"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>** NOTE TO SPECIFIER ** Delete one of the following two paragraphs; coordinate with requirements of Division 1 section on product options and substitutions.</w:t>
       </w:r>
     </w:p>
@@ -2992,81 +2992,81 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="ABFFABFF"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arcat.com/sd/display_hidden_notes.shtml" TargetMode="External" />
 <Relationship
-  Id="rId_A5420B"
+  Id="rId_B1DB99"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"
   Target="https://www.arcat.com/clients/gfx/secosout.png"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_AEE3AA_1"
+  Id="rId_96A148_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Seco%252BSouth%252BRailing%252B%252526%252BCable%252BAssemblies&amp;message=RE%253A%2520Spec%2520Question%2520(05151sec)%253A%2520&amp;coid=35411&amp;spec=05151sec&amp;rep=&amp;fax=727-539-6314"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_AEE3AA_2"
+  Id="rId_96A148_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.secosouth.com"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_AEE3AA_3"
+  Id="rId_96A148_3"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/company/seco-south-railing-cable-assemblies-35411"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_AD51FD_1"
+  Id="rId_20964A_1"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://arcat.com/rfi?action=email&amp;company=Seco%252BSouth%252BRailing%252B%252526%252BCable%252BAssemblies&amp;message=RE%253A%2520Spec%2520Question%2520(05151sec)%253A%2520&amp;coid=35411&amp;spec=05151sec&amp;rep=&amp;fax=727-539-6314"
   TargetMode="External"
 />
 <Relationship
-  Id="rId_AD51FD_2"
+  Id="rId_20964A_2"
   Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"
   Target="https://www.secosouth.com"
   TargetMode="External"
 /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>